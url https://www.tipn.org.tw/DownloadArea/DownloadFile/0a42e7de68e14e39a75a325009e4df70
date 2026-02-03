--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -1,88 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="661381C7" w14:textId="77777777" w:rsidR="00CA3105" w:rsidRDefault="00CA3105"/>
-    <w:p w14:paraId="1566A263" w14:textId="77777777" w:rsidR="00B7029E" w:rsidRPr="00B7029E" w:rsidRDefault="00B7029E" w:rsidP="00B7029E">
+    <w:p w14:paraId="72443A9B" w14:textId="77777777" w:rsidR="0022408A" w:rsidRDefault="00D32771" w:rsidP="0022408A">
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547816CB" wp14:editId="2D95EAFC">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1800225" cy="433705"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2124894820" name="圖片 20"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1800225" cy="433705"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1566A263" w14:textId="6B649558" w:rsidR="00B7029E" w:rsidRPr="00904D32" w:rsidRDefault="00B7029E" w:rsidP="0022408A">
       <w:pPr>
-        <w:spacing w:afterLines="150" w:after="540"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008B43E0">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>肺癌</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008B43E0">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ROS1 IHC</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>肺癌</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>ROS1 IHC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B43E0">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>免疫組織化學染色送檢單</w:t>
+      </w:r>
+      <w:r w:rsidR="0022408A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0022408A" w:rsidRPr="0022408A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>藥廠</w:t>
+      </w:r>
+      <w:r w:rsidR="0022408A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>贊助</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D706371" w14:textId="77777777" w:rsidR="0000312A" w:rsidRDefault="00CA3105">
       <w:r>
         <w:t>病人姓名：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -99,51 +192,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>身分證字號：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA3B7B8" w14:textId="77777777" w:rsidR="00CA3105" w:rsidRDefault="00943ECF">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D040D05" wp14:editId="1F7481A3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D040D05" wp14:editId="1F7481A3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3684905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="13335" t="10795" r="8255" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="AutoShape 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -176,51 +269,51 @@
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2787F1C9" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 9" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:290.15pt;margin-top:1.6pt;width:144.55pt;height:.55pt;flip:y;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAKCv/0DcAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjsFOhDAURfcm/kPzTNw5xQGRQR4TY6JxYUgcnX2HPgGlr0g7wPy9daXL&#10;m3tz7im2i+nFRKPrLCNcryIQxLXVHTcI72+PVxkI5xVr1VsmhBM52JbnZ4XKtZ35laadb0SAsMsV&#10;Quv9kEvp6paMcis7EIfuw45G+RDHRupRzQFuermOolQa1XF4aNVADy3VX7ujQfjm29M+kVP2WVU+&#10;fXp+aZiqGfHyYrm/A+Fp8X9j+NUP6lAGp4M9snaiR7jJojhMEeI1iNBn6SYBcUBIYpBlIf/7lz8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoK//QNwAAAAHAQAADwAAAAAAAAAAAAAA&#10;AAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="539E17C4" wp14:editId="730293F7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="539E17C4" wp14:editId="730293F7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3684905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>496570</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="13335" t="10795" r="8255" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="AutoShape 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -249,51 +342,51 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="557D4320" id="AutoShape 8" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:290.15pt;margin-top:39.1pt;width:144.55pt;height:.55pt;flip:y;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAJsVdGreAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sZRtdVppOCAnEAVViwD1rTFtonNJkbff2mBMc&#10;bX/6/f35bnadGHEIrScN14sEBFLlbUu1hrfXhysFIkRD1nSeUMMJA+yK87PcZNZP9ILjPtaCQyhk&#10;RkMTY59JGaoGnQkL3yPx7cMPzkQeh1rawUwc7jq5TJJUOtMSf2hMj/cNVl/7o9PwTZvT+1qO6rMs&#10;Y/r49FwTlpPWlxfz3S2IiHP8g+FXn9WhYKeDP5INotNwo5IVoxo2agmCAZVu1yAOvNiuQBa5/N+g&#10;+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMnPCTwgEAAGMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbFXRq3gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44F35BCC" wp14:editId="47157EB2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44F35BCC" wp14:editId="47157EB2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3684905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>920115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="13335" t="5715" r="8255" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="AutoShape 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -322,51 +415,51 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="12120CF1" id="AutoShape 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:290.15pt;margin-top:72.45pt;width:144.55pt;height:.55pt;flip:y;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAPKBlUreAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cVkVkkbIxJhoPhsRV7106AkqnSLvAvr2zJz3O&#10;/F/++abYLK4XE46h86ThcqVAINXedtRoeH97vMhAhGjImt4TajhggE15elKY3PqZXnHaxkZwCYXc&#10;aGhjHHIpQ92iM2HlByTOPv3oTORxbKQdzczlrpdXSqXSmY74QmsGfGix/t7unYYfuj18JHLKvqoq&#10;pk/PLw1hNWt9frbc34GIuMQ/GI76rA4lO+38nmwQvYabTF0zykGSrEEwkaXrBMTuuEkVyLKQ/38o&#10;fwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMnPCTwgEAAGMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDygZVK3gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EAA477C" wp14:editId="05852B34">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EAA477C" wp14:editId="05852B34">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3684905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1374140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="13335" t="12065" r="8255" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="AutoShape 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -395,51 +488,51 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="02D59C2D" id="AutoShape 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:290.15pt;margin-top:108.2pt;width:144.55pt;height:.55pt;flip:y;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAPSfJtLfAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHizS2tLKbI0xkTjwZBY9b5lp4Cys8hugf57pyd7&#10;m48n7zyTbSfbigF73zhSMJ9FIJBKZxqqFHx+PN8lIHzQZHTrCBWc0MM2v77KdGrcSO847EIlOIR8&#10;qhXUIXSplL6s0Wo/cx0S7w6utzpw21fS9HrkcNvKRRTF0uqG+EKtO3yqsfzZHa2CX1qfvpZySL6L&#10;IsQvr28VYTEqdXszPT6ACDiFfxjO+qwOOTvt3ZGMF62CVRLdM6pgMY+XIJhI4g0X+/NkvQKZZ/Ly&#10;h/wPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9J8m0t8AAAALAQAADwAAAAAAAAAA&#10;AAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60D7247C" wp14:editId="389F8489">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60D7247C" wp14:editId="389F8489">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1381125</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="5080" t="9525" r="6985" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="AutoShape 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -468,51 +561,51 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3FA5F47E" id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:108.75pt;width:144.55pt;height:.55pt;flip:y;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAF7WHNPfAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC1gpQZbGmGg8GJJWvW/ZEVB2Ftkt0H/v9KTH&#10;9+blzfeK7WJ7MeHoO0cK4lUEAql2pqNGwfvb000GwgdNRveOUMEJPWzLy4tC58bNtMNpHxrBJeRz&#10;raANYcil9HWLVvuVG5D49ulGqwPLsZFm1DOX214mUZRKqzviD60e8LHF+nt/tAp+aHP6WMsp+6qq&#10;kD6/vDaE1azU9dXycA8i4BL+wnDGZ3QomengjmS86Fknt7wlKEjizR0ITqzjJAZxODtZCrIs5P8N&#10;5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtYc098AAAALAQAADwAAAAAAAAAA&#10;AAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AAC4D4A" wp14:editId="1F1E01B4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AAC4D4A" wp14:editId="1F1E01B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>913130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="5080" t="8255" r="6985" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="AutoShape 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -541,51 +634,51 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0A5D247D" id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:71.9pt;width:144.55pt;height:.55pt;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAE/VOxvfAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC5TUFlkaY6LxYEha7X3LjoCys8hugf57pye9&#10;zZt5efO+fDvbTow4+NaRgngRgUCqnGmpVvDx/ny3BuGDJqM7R6jgjB62xfVVrjPjJtrhuA+14BDy&#10;mVbQhNBnUvqqQav9wvVIfPt0g9WB5VBLM+iJw20nkyhaSatb4g+N7vGpwep7f7IKfuj+fEjluP4q&#10;y7B6eX2rCctJqdub+fEBRMA5/JnhUp+rQ8Gdju5ExouOdbJklsBDumQGdqRxEoM4XjbpBmSRy/8M&#10;xS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT9U7G98AAAALAQAADwAAAAAAAAAA&#10;AAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D34067E" wp14:editId="2FEA0124">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D34067E" wp14:editId="2FEA0124">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="5080" t="10795" r="6985" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="AutoShape 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -918,98 +1011,96 @@
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:t>Block</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CA3105">
         <w:rPr>
           <w:spacing w:val="120"/>
           <w:kern w:val="0"/>
           <w:fitText w:val="1200" w:id="1712542724"/>
         </w:rPr>
         <w:t>固定</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3105">
         <w:rPr>
           <w:kern w:val="0"/>
           <w:fitText w:val="1200" w:id="1712542724"/>
         </w:rPr>
         <w:t>液</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:t>中性福馬林</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B9BB02" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF" w:rsidP="00F3234C">
       <w:pPr>
         <w:ind w:leftChars="-59" w:left="-142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F3A9519" wp14:editId="4576C3D0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F3A9519" wp14:editId="4576C3D0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4393565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>228600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1127125" cy="0"/>
                 <wp:effectExtent l="7620" t="9525" r="8255" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="AutoShape 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1127125" cy="0"/>
                         </a:xfrm>
@@ -1111,51 +1202,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>絡</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>人</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D26B7B" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7842D355" wp14:editId="36B25CBD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7842D355" wp14:editId="36B25CBD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="6985" t="10795" r="5080" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="AutoShape 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -1194,51 +1285,51 @@
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="69F5BBE9" id="AutoShape 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:1.6pt;width:144.55pt;height:.55pt;flip:y;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAAb1w+vbAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjkFPg0AUhO8m/Q+b18SbXYSKFVmaxkTjwZBY9b5ln4Bl3yK7BfrvfZ70&#10;NpOZzHz5dradGHHwrSMF16sIBFLlTEu1gve3x6sNCB80Gd05QgVn9LAtFhe5zoyb6BXHfagFj5DP&#10;tIImhD6T0lcNWu1Xrkfi7NMNVge2Qy3NoCcet52MoyiVVrfED43u8aHB6rg/WQXfdHv+WMtx81WW&#10;IX16fqkJy0mpy+W8uwcRcA5/ZfjFZ3QomOngTmS86NgnKaMHBUkMgvN1fHMH4sAiAVnk8j9/8QMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMnPCTwgEAAGMDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAG9cPr2wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;ABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="27722833" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="004133AE">
       <w:r>
         <w:t>聯絡電話</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617CF030" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF" w:rsidP="00F3234C">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="739C980C" wp14:editId="5981F8F2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="739C980C" wp14:editId="5981F8F2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>31115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="6985" t="12065" r="5080" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="AutoShape 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1835785" cy="6985"/>
                         </a:xfrm>
@@ -1277,51 +1368,51 @@
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="72E0BF66" id="AutoShape 11" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:2.45pt;width:144.55pt;height:.55pt;flip:y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAFa5fZ/cAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjkFPg0AUhO8m/ofNM/FmFytipSyNMdF4MCSt7X3LPoHKvkV2C/Tf+3qy&#10;t5nMZObLVpNtxYC9bxwpuJ9FIJBKZxqqFGy/3u4WIHzQZHTrCBWc0MMqv77KdGrcSGscNqESPEI+&#10;1QrqELpUSl/WaLWfuQ6Js2/XWx3Y9pU0vR553LZyHkWJtLohfqh1h681lj+bo1XwS0+nXSyHxaEo&#10;QvL+8VkRFqNStzfTyxJEwCn8l+GMz+iQM9PeHcl40bJ/SBg9KIifQXAezx9Z7BUkEcg8k5f8+R8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVrl9n9wAAAAHAQAADwAAAAAAAAAAAAAA&#10;AAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F3234C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11173C1B" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00C22275">
       <w:r>
         <w:t>退件原因：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4369830B" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A384E07" wp14:editId="0D1654E3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A384E07" wp14:editId="0D1654E3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3395345" cy="6985"/>
                 <wp:effectExtent l="6985" t="8890" r="7620" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="AutoShape 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="3395345" cy="6985"/>
                         </a:xfrm>
@@ -1426,88 +1517,77 @@
           <w:b/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>，一張</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>ROS1 IHC</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
+        <w:t>送檢單，以及一張</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3CAD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3CAD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>OS1 FISH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3CAD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
         <w:t>送檢單</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>當</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1665,248 +1745,205 @@
         </w:rPr>
         <w:t xml:space="preserve">for ROS1 IHC and </w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>二片</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>for ROS1 FISH)</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0CD9B5" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+    <w:p w14:paraId="6E523114" w14:textId="6231B11E" w:rsidR="00276759" w:rsidRDefault="0046564E" w:rsidP="00276759">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>組織固定時間必須達</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>小時以上，不宜超過</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 48 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>小時；烤片溫度請勿超過</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 60</w:t>
+      </w:r>
+      <w:r w:rsidR="00276759">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0CD9B5" w14:textId="01E3348D" w:rsidR="00C22275" w:rsidRDefault="0046564E" w:rsidP="00276759">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:leftChars="0" w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00276759">
+        <w:rPr>
+          <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>℃</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6108C3E0" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0046564E">
-[...34 lines deleted...]
-      <w:r w:rsidR="0046564E">
+      <w:r w:rsidR="00943ECF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>染色檢體、</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22275">
+        <w:t>脫鈣檢體不宜進行檢測</w:t>
+      </w:r>
+      <w:r w:rsidR="007F21DD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6108C3E0" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+    <w:p w14:paraId="284F6163" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00943ECF">
-[...24 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C22275">
         <w:t>最晚於收件日起算</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C22275">
-        <w:t>個</w:t>
-[...3 lines deleted...]
-        <w:t>工作日內發出正式報告</w:t>
+        <w:t>個工作日內發出正式報告</w:t>
       </w:r>
       <w:r w:rsidR="007F21DD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0857D3DB" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D" w:rsidP="0046564E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="-886" w:rightChars="-201" w:right="-482" w:firstLine="886"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00AE23AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AE23AA" w:rsidRPr="00AE23AA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE23AA" w:rsidRPr="00AE23AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>請用正楷清楚填寫，</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007D5D0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>送檢單上</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007D5D0B">
+        <w:t>送檢單上病理</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE23AA" w:rsidRPr="00AE23AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>病理</w:t>
-[...38 lines deleted...]
-        <w:t>之編號一致以利</w:t>
+        <w:t>號碼需與玻片或蠟塊檢體之編號一致以利</w:t>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>辨識</w:t>
       </w:r>
       <w:r w:rsidR="00AE23AA" w:rsidRPr="00AE23AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Calibri" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C673793" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRPr="004133AE" w:rsidRDefault="00F2623D" w:rsidP="00F3234C">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2041,100 +2078,78 @@
         </w:rPr>
         <w:t xml:space="preserve">512       </w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAX</w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02-25967792</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6B781A" w14:textId="77777777" w:rsidR="006D72E9" w:rsidRDefault="006D72E9" w:rsidP="006D72E9">
+    <w:p w14:paraId="01EB5F02" w14:textId="77777777" w:rsidR="00B7029E" w:rsidRPr="006D72E9" w:rsidRDefault="00B7029E" w:rsidP="0022408A">
       <w:pPr>
         <w:pStyle w:val="a7"/>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...9 lines deleted...]
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA86FDF" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRPr="003F3DBA" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3DBA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>以下</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>以下為必填欄位</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F3DBA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D894EF" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD653E9" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRPr="00DC3807" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
@@ -2256,1546 +2271,3813 @@
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34895E63" w14:textId="77777777" w:rsidR="009C4606" w:rsidRDefault="009C4606" w:rsidP="00F3234C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14F6D4E8" w14:textId="77777777" w:rsidR="009C4606" w:rsidRDefault="009C4606" w:rsidP="00F3234C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66E08AED" w14:textId="4330A216" w:rsidR="009C4606" w:rsidRDefault="009C4606" w:rsidP="009C4606">
+    <w:p w14:paraId="7203F0AA" w14:textId="0BBF5CDE" w:rsidR="00233DE4" w:rsidRDefault="00CD4F42" w:rsidP="00FB1C88">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960B84">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>修訂日期：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2025年12月31日</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6ACAD75D" w14:textId="7E0AACE9" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="12835B42" w14:textId="77777777" w:rsidR="00904D32" w:rsidRPr="00FB1C88" w:rsidRDefault="00904D32" w:rsidP="00FB1C88">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AD6360" w14:textId="4CF18C7F" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:spacing w:line="520" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685263D0" wp14:editId="133543CE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667968" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3516BE4A" wp14:editId="1AE97F00">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-571500</wp:posOffset>
+              <wp:posOffset>-662305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>30480</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="433705"/>
             <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
-            <wp:wrapTight wrapText="bothSides">
-[...15 lines deleted...]
-            <wp:docPr id="1296724077" name="圖片 7"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="141699267" name="圖片 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="433705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A0CCE47" wp14:editId="40C650CA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="448EFC91" wp14:editId="603A8ACB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>732790</wp:posOffset>
+                  <wp:posOffset>1262380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>33019</wp:posOffset>
+                  <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4326890" cy="301625"/>
-                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:extent cx="4326890" cy="228600"/>
+                <wp:effectExtent l="4445" t="1270" r="2540" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4970770" name="文字方塊 8"/>
+                <wp:docPr id="1128294825" name="文字方塊 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4326890" cy="301625"/>
+                          <a:ext cx="4326890" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="00091991" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                          <w:p w14:paraId="3C7C1ECB" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00BD7A3E" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>02-85962050*2</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>0</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>4</w:t>
+                              <w:t>1</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>/FAX：02-85962076</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78267BA8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                          <w:p w14:paraId="00B61C9B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4A0CCE47" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="448EFC91" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="文字方塊 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:57.7pt;margin-top:2.6pt;width:340.7pt;height:23.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr3Qwm9AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Idx00Ey0HqwEWB&#10;9AGk/QCKoiSiFJdd0pbcr++SUhy3vRXVgeByydmd2dHmbugMOyr0GmzBF7M5Z8pKqLRtCv7t6/7N&#10;DWc+CFsJA1YV/KQ8v9u+frXpXa6W0IKpFDICsT7vXcHbEFyeZV62qhN+Bk5ZStaAnQgUYpNVKHpC&#10;70y2nM/XWQ9YOQSpvKfThzHJtwm/rpUMn+vaq8BMwam3kFZMaxnXbLsReYPCtVpObYh/6KIT2lLR&#10;M9SDCIIdUP8F1WmJ4KEOMwldBnWtpUociM1i/gebp1Y4lbiQON6dZfL/D1Z+Oj65L8jC8A4GGmAi&#10;4d0jyO+eWdi1wjbqHhH6VomKCi+iZFnvfD49jVL73EeQsv8IFQ1ZHAIkoKHGLqpCPBmh0wBOZ9HV&#10;EJikw9XVcn1zSylJuav5Yr28TiVE/vzaoQ/vFXQsbgqONNSELo6PPsRuRP58JRbzYHS118akAJty&#10;Z5AdBRlgn74J/bdrxsbLFuKzETGeJJqR2cgxDOVAyUi3hOpEhBFGQ9EPQJsW8CdnPZmp4P7HQaDi&#10;zHywJNrtYrWK7kvB6vrtkgK8zJSXGWElQRU8cDZud2F07MGhblqqNI7Jwj0JXeukwUtXU99kmCTN&#10;ZO7oyMs43Xr5Bbe/AAAA//8DAFBLAwQUAAYACAAAACEAUekd0toAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyP3U6DQBCF7018h82YeGPs0qaARZZGTTTe9ucBBpgCkZ0l7LbQt3d6pZdfzsn5ybez&#10;7dWFRt85NrBcRKCIK1d33Bg4Hj6fX0D5gFxj75gMXMnDtri/yzGr3cQ7uuxDoySEfYYG2hCGTGtf&#10;tWTRL9xALNrJjRaD4NjoesRJwm2vV1GUaIsdS0OLA320VP3sz9bA6Xt6ijdT+RWO6W6dvGOXlu5q&#10;zOPD/PYKKtAc/sxwmy/ToZBNpTtz7VUvvIzXYjUQr0CJnm4SuVLeOAVd5Pr/geIXAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA690MJvQBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAUekd0toAAAAIAQAADwAAAAAAAAAAAAAAAABOBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" stroked="f">
+              <v:shape id="文字方塊 19" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:99.4pt;margin-top:5.75pt;width:340.7pt;height:18pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSXzWI8wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07ShlG7UdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdqvlDZEHy+Oxz8w5c7K5HXvDjgq9BlvyxWzOmbISam3bkv/4vn+z&#10;5swHYWthwKqSn5Tnt9vXrzaDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mT5fL7KBsDaIUjlPZ3eT0m+TfhNo2T42jReBWZKTr2FtGJaq7hm240oWhSu0/LchviHLnqhLRW9&#10;QN2LINgB9V9QvZYIHpowk9Bn0DRaqsSB2CzmL9g8dsKpxIXE8e4ik/9/sPLL8dF9QxbGDzDSABMJ&#10;7x5A/vTMwq4TtlV3iDB0StRUeBElywbni/PTKLUvfASphs9Q05DFIUACGhvsoyrEkxE6DeB0EV2N&#10;gUk6XL7NV+sbSknK5fl6NU9TyUTx9NqhDx8V9CxuSo401IQujg8+xG5E8XQlFvNgdL3XxqQA22pn&#10;kB0FGWCfvkTgxTVj42UL8dmEGE8Szchs4hjGaqRkpFtBfSLCCJOh6AegTQf4m7OBzFRy/+sgUHFm&#10;PlkS7WaxXEb3pWD57n1OAV5nquuMsJKgSh44m7a7MDn24FC3HVWaxmThjoRudNLguatz32SYJM3Z&#10;3NGR13G69fwLbv8AAAD//wMAUEsDBBQABgAIAAAAIQAETAU33gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/dToNAEIXvTXyHzZh4Y+zSphSKLI2aaLztzwMMMAUiO0vYbaFv73ild+fknJz5Jt/N&#10;tldXGn3n2MByEYEirlzdcWPgdPx4TkH5gFxj75gM3MjDrri/yzGr3cR7uh5Co2SEfYYG2hCGTGtf&#10;tWTRL9xALNnZjRaD2LHR9YiTjNter6Jooy12LBdaHOi9per7cLEGzl/TU7ydys9wSvbrzRt2Selu&#10;xjw+zK8voALN4a8Mv/iCDoUwle7CtVe9+G0q6EHEMgYlhTSNVqBKA+skBl3k+v8HxQ8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkl81iPMBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABEwFN94AAAAJAQAADwAAAAAAAAAAAAAAAABNBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="00091991" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                    <w:p w14:paraId="3C7C1ECB" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00BD7A3E" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
                       <w:pPr>
                         <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD7A3E">
+                        <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>02-85962050*2</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD7A3E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>1</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD7A3E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>/FAX：02-85962076</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="00B61C9B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65740507" w14:textId="1BA7A221" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:spacing w:line="520" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>肺癌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ROS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>螢光原位雜交</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>FISH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>送檢單</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9904" w:type="dxa"/>
+        <w:tblInd w:w="-724" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1792"/>
+        <w:gridCol w:w="1450"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="421"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="2ACF461F" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="497DA8BE" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>病人姓名：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74BF6559" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA00FD9" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>送檢醫院：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="308CF63D" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="28863A37" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC1E36F" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>病歷號碼：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="653F00CC" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0E8C78" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>送檢醫師：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="722FA2D2" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="7B230555" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4074276C" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>病理號碼：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43193319" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CA3042" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>採檢日期：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FAA1637" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="16508169" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0990876B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>IHC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>價數</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(檢附報告)：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A7B8F7" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:ind w:right="560"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="256F8BD6" w14:textId="13DFF8F6" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>性別/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32771">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>齡：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43545BBF" w14:textId="61BEEC85" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□女 □男 / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32771">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 歲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="4105A808" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29815683" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>檢體種類：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61E0B05C" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>□玻片</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DAB249" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>□蠟塊</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F64D78" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>固定液：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F06E237" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□中性福馬林 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062127EF" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□其他： </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="542C02BD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:spacing w:line="520" w:lineRule="exact"/>
+        <w:ind w:leftChars="-369" w:left="-886"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>送檢注意事項：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3771E719" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97E70">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>欲使用藥廠贊助者，送檢時請檢附ROS1 IHC 2+以上報告；同時委託本中心檢測ROS1 IHC及FISH者，IHC結果為2+以上，會接續進行由藥廠贊助的FISH檢測。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BB8D24" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>請用正楷清楚填寫。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6122567F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5D3DB8" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D15B825" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454670D5" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688AA895" w14:textId="570448A2" w:rsidR="00FB1C88" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D45F2">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>每</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>週</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006173BC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>四</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>執行，檢體請於週</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006173BC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>三</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>中午前送至本</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2F。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32771">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 修訂日期：2025年12月31日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CCEB65" w14:textId="21C4F1D4" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:leftChars="-450" w:left="-1080" w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F023"/>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>----------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F023"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B84E4DA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00D32771">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BCC2397" wp14:editId="16397048">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1252220</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>5714</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4352925" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="163033910" name="文字方塊 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4352925" cy="600075"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7762CDC5" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD7A3E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>02-85962050*2</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD7A3E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>4</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD7A3E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>/FAX：02-85962076</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2F84C54C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>肺癌</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>ROS1</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>螢光原位雜交</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>FISH</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢單</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="77BF56CA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="9904" w:type="dxa"/>
+                              <w:tblInd w:w="-724" w:type="dxa"/>
+                              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1792"/>
+                              <w:gridCol w:w="1450"/>
+                              <w:gridCol w:w="1983"/>
+                              <w:gridCol w:w="1703"/>
+                              <w:gridCol w:w="2555"/>
+                              <w:gridCol w:w="421"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="09694B39" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="1391BA12" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病人姓名：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="589C06A0" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="74B709E7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫院：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2D03E4B2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="058C2985" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="277772EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病歷號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2C807777" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="5773DEC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫師：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="133579BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="706EEF7E" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6D218F55" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病理號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3B849CAD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="697B68CB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>採檢日期：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3E702CAE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="5BA62608" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3242" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6AE69E45" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>IHC</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>價數</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>(檢附報告)：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1983" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="2C52B3AE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:right="560"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:color w:val="808080"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7BC3E25D" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>性別/年齡：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="24D006EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□女 □男 /      歲</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="26F30D1C" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="100DF7BF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>檢體種類：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="02E61103" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□玻片</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="4F276386" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□蠟塊</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="3521F7CE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>固定液：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="732C686F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□中性福馬林 </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="09AF58EC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□其他： </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="674A9B00" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="78DECCAC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病人姓名：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="165ED9D9" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="4FD81AF2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫院：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="308E89D6" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="3E6995E4" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="34293B0C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病歷號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2CCB125A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="058BDC1E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫師：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="61882112" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="61970554" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="73A82A4F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病理號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="156C1AC7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6F4C045B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>採檢日期：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="524FFC83" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1D7DB65A" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="79B45C40" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00D32771">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>IHC</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>價數</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>(檢附報告)：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="1744034E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="273F8B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>性別/年齡：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="4BC9F30A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□女 □男 /      歲</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="4BC8A31E" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7AC96DDD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>檢體種類：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="1C88A8F4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□玻片</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="41C6613F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□蠟塊</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="728D8819" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>固定液：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3AAB1B99" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□中性福馬林 </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="514E8171" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□其他： </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="1D379559" w14:textId="1A28EFD0" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5843A296" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-15"/>
+                                <w:sz w:val="44"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3BCC2397" id="文字方塊 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:98.6pt;margin-top:.45pt;width:342.75pt;height:47.25pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGW4Gf9gEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlod9mo6Wrpqghp&#10;WZAWPsBxnMQi8Zix26R8PWMn2y1wQ+RgeTz2m3lvXja3Y9+xo0KnwRR8uUg5U0ZCpU1T8G9f92/e&#10;cea8MJXowKiCn5Tjt9vXrzaDzVUGLXSVQkYgxuWDLXjrvc2TxMlW9cItwCpDyRqwF55CbJIKxUDo&#10;fZdkaXqVDICVRZDKOTq9n5J8G/HrWkn/ua6d8qwrOPXm44pxLcOabDcib1DYVsu5DfEPXfRCGyp6&#10;hroXXrAD6r+gei0RHNR+IaFPoK61VJEDsVmmf7B5aoVVkQuJ4+xZJvf/YOXj8cl+QebH9zDSACMJ&#10;Zx9AfnfMwK4VplF3iDC0SlRUeBkkSwbr8vlpkNrlLoCUwyeoaMji4CECjTX2QRXiyQidBnA6i65G&#10;zyQdrt6us5tszZmk3FWaptfrWELkz68tOv9BQc/CpuBIQ43o4vjgfOhG5M9XQjEHna72uutigE25&#10;65AdBRlgH78Z/bdrnQmXDYRnE2I4iTQDs4mjH8uR6WrWILAuoToRb4TJV/Qf0KYF/MnZQJ4quPtx&#10;EKg46z4a0u5muVoFE8Zgtb7OKMDLTHmZEUYSVME9Z9N25yfjHizqpqVK07QM3JHetY5SvHQ1t0++&#10;iQrNHg/GvIzjrZc/cfsLAAD//wMAUEsDBBQABgAIAAAAIQDP+8be2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NTsMwEITvSLyDtUhcEHWI2uaHOBUggbi29AE2yTaJiNdR7Dbp27Oc4PhpRjNf&#10;sVvsoC40+d6xgadVBIq4dk3PrYHj1/tjCsoH5AYHx2TgSh525e1NgXnjZt7T5RBaJSPsczTQhTDm&#10;Wvu6I4t+5UZiyU5ushgEp1Y3E84ybgcdR9FWW+xZHjoc6a2j+vtwtgZOn/PDJpurj3BM9uvtK/ZJ&#10;5a7G3N8tL8+gAi3hrwy/+qIOpThV7syNV4NwlsRSNZCBkjhN4wRUJbhZgy4L/d+//AEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAGW4Gf9gEAANEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDP+8be2gAAAAcBAAAPAAAAAAAAAAAAAAAAAFAEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7762CDC5" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>02-85962050*2</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>4</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>/FAX：02-85962076</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78267BA8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                    <w:p w14:paraId="2F84C54C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>肺癌</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>ROS1</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>螢光原位雜交</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>FISH</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>送檢單</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="77BF56CA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="9904" w:type="dxa"/>
+                        <w:tblInd w:w="-724" w:type="dxa"/>
+                        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="1792"/>
+                        <w:gridCol w:w="1450"/>
+                        <w:gridCol w:w="1983"/>
+                        <w:gridCol w:w="1703"/>
+                        <w:gridCol w:w="2555"/>
+                        <w:gridCol w:w="421"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="09694B39" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="1391BA12" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病人姓名：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="589C06A0" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="74B709E7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫院：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2D03E4B2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="058C2985" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="277772EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病歷號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2C807777" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="5773DEC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫師：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="133579BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="706EEF7E" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6D218F55" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病理號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3B849CAD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="697B68CB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>採檢日期：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3E702CAE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="5BA62608" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3242" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6AE69E45" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>IHC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>價數</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>(檢附報告)：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1983" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="2C52B3AE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:right="560"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:color w:val="808080"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="7BC3E25D" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>性別/年齡：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="24D006EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□女 □男 /      歲</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="26F30D1C" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="100DF7BF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>檢體種類：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="02E61103" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□玻片</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4F276386" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□蠟塊</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="3521F7CE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>固定液：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="732C686F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□中性福馬林 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09AF58EC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□其他： </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="674A9B00" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="78DECCAC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病人姓名：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="165ED9D9" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="4FD81AF2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫院：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="308E89D6" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="3E6995E4" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="34293B0C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病歷號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2CCB125A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="058BDC1E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫師：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="61882112" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="61970554" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="73A82A4F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病理號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="156C1AC7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6F4C045B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>採檢日期：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="524FFC83" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1D7DB65A" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="79B45C40" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D32771">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>IHC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>價數</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>(檢附報告)：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="1744034E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="273F8B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>性別/年齡：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="4BC9F30A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□女 □男 /      歲</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="4BC8A31E" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="7AC96DDD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>檢體種類：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="1C88A8F4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□玻片</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="41C6613F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□蠟塊</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="728D8819" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>固定液：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3AAB1B99" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□中性福馬林 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="514E8171" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□其他： </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w14:paraId="1D379559" w14:textId="1A28EFD0" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5843A296" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-15"/>
+                          <w:sz w:val="44"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...1005 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...176 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="217E2974" wp14:editId="5ED70A2B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="217E2974" wp14:editId="5ED70A2B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-571500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>30480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="433705"/>
             <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="2286" y="0"/>
                 <wp:lineTo x="0" y="5693"/>
                 <wp:lineTo x="0" y="18975"/>
                 <wp:lineTo x="2514" y="20873"/>
                 <wp:lineTo x="9829" y="20873"/>
                 <wp:lineTo x="10743" y="20873"/>
                 <wp:lineTo x="17143" y="20873"/>
                 <wp:lineTo x="21257" y="18975"/>
                 <wp:lineTo x="21486" y="15180"/>
                 <wp:lineTo x="21486" y="5693"/>
                 <wp:lineTo x="3886" y="0"/>
                 <wp:lineTo x="2286" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
@@ -3829,930 +6111,825 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="433705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65749A05" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="55D0E6A3" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00D32771">
       <w:pPr>
-        <w:spacing w:line="520" w:lineRule="exact"/>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>肺癌</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ROS1</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>螢光原位雜交</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FISH</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢單</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10144" w:type="dxa"/>
+        <w:tblW w:w="9904" w:type="dxa"/>
         <w:tblInd w:w="-724" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
-        <w:gridCol w:w="3440"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2960"/>
+        <w:gridCol w:w="1450"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1878"/>
+        <w:gridCol w:w="2380"/>
+        <w:gridCol w:w="421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="43CA56E0" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1CA2C438" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB157AA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="4A2CCC23" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病人姓名：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7CC90E" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="33A03B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373A160C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2509F1E1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>身分證字號：</w:t>
+              <w:t>送檢醫院：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6C9CDB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="09910CBF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="0A65F218" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="69737FCE" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="447396A2" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2B4E611A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病歷號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="216694BA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="78EFE43B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77646F2B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="261397B5" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>送檢醫院：</w:t>
+              <w:t>送檢醫師：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6309CF63" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="58AFC05C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="77BF86A0" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="74CFA162" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04053021" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0EFB01BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病理號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5614184F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="4E7E8BD2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF582FD" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="67C6E129" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>送檢醫師：</w:t>
+              <w:t>採檢日期：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74AEFA26" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="53B8D4FC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="107FC787" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="56FBB223" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="099CAE07" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="008D45F2" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="5C6F24A3" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D45F2">
+            <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>IHC</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008D45F2">
+            <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>價數</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008D45F2">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>：</w:t>
+              <w:t>(檢附報告)：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACCE66F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2EDD5AC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:ind w:right="560"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:color w:val="808080"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B10A64" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="7CEF7A46" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>性別/年齡：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE85E8A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0A32B94F" w14:textId="2B911C39" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>□女 □男 /      歲</w:t>
+              <w:t>□女 □男 /     歲</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="0971D030" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="736E368D" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1116461C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="10EDC987" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>檢體種類：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8C5F44" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0D58E73C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>□</w:t>
-[...17 lines deleted...]
-              <w:t>片</w:t>
+              <w:t>□玻片</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A2F64EF" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="26AB9C33" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>□</w:t>
+              <w:t>□蠟塊</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1878" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20941B3C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>蠟塊</w:t>
-[...34 lines deleted...]
-              <w:t>：</w:t>
+              <w:t>固定液：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="494B1D45" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="6CE583F1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□中性福馬林 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61AEC96A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="3C03A8C4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□其他： </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E4C6B65" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="38043948" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="001D3898" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:spacing w:line="520" w:lineRule="exact"/>
         <w:ind w:leftChars="-369" w:left="-886"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢注意事項：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C0F71C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="15163F26" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="00B97E70" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97E70">
+        <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-        <w:t>請用正楷清楚填寫。</w:t>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>欲使用藥廠贊助者，送檢時請檢附ROS1 IHC 2+以上報告；同時委託本中心檢測ROS1 IHC及FISH者，IHC結果為2+以上，會接續進行由藥廠贊助的FISH檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D4928F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="11814CEE" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="001D3898" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
+        <w:t>請用正楷清楚填寫。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B076A4A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="2870FBD0" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="001D3898" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>組織固定時間必須&gt;6小時，不超過72小時；</w:t>
-[...17 lines deleted...]
-        <w:t>請勿超過60℃。</w:t>
+        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168579EB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="11791AA1" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="001D3898" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
+        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A2E88B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="6DFF5193" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRPr="001D3898" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般</w:t>
-[...53 lines deleted...]
-        <w:t>片上需放置 3 片以上蠟塊切片)。</w:t>
+        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BFCA81" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="008D45F2" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="76E9725B" w14:textId="77777777" w:rsidR="00EB4B69" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCF8FCE" w14:textId="74D4F3EF" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00EB4B69" w:rsidP="00EB4B69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk504134038"/>
       <w:r w:rsidRPr="008D45F2">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>每</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>週</w:t>
       </w:r>
       <w:r w:rsidRPr="006173BC">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
@@ -4773,125 +6950,98 @@
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>中午前送至本</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>中心</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2F。</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32771">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 修訂日期：2025年12月31日</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6DC87E91" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
-[...42 lines deleted...]
-    <w:sectPr w:rsidR="00233DE4" w:rsidRPr="008B1050" w:rsidSect="00F3234C">
+    <w:sectPr w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidSect="00F3234C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="851" w:footer="1554" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D8F5243" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="61E261FE" w14:textId="77777777" w:rsidR="006A6806" w:rsidRDefault="006A6806" w:rsidP="00C22275">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AFA9022" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="69E05017" w14:textId="77777777" w:rsidR="006A6806" w:rsidRDefault="006A6806" w:rsidP="00C22275">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
@@ -4910,70 +7060,70 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D6B414E" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="6EF28A44" w14:textId="77777777" w:rsidR="006A6806" w:rsidRDefault="006A6806" w:rsidP="00C22275">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="474C2FFD" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="05EFA153" w14:textId="77777777" w:rsidR="006A6806" w:rsidRDefault="006A6806" w:rsidP="00C22275">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="060B0264"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB90E46E"/>
     <w:lvl w:ilvl="0" w:tplc="68620204">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
@@ -5365,156 +7515,169 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2073501684">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1376419792">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="192573668">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA3105"/>
     <w:rsid w:val="0000312A"/>
+    <w:rsid w:val="00062259"/>
     <w:rsid w:val="001F3CAD"/>
+    <w:rsid w:val="0022055F"/>
+    <w:rsid w:val="0022408A"/>
     <w:rsid w:val="00233DE4"/>
+    <w:rsid w:val="00276759"/>
     <w:rsid w:val="00297053"/>
     <w:rsid w:val="002E2703"/>
     <w:rsid w:val="004133AE"/>
+    <w:rsid w:val="0046367D"/>
     <w:rsid w:val="0046564E"/>
     <w:rsid w:val="0052411B"/>
     <w:rsid w:val="00531AD8"/>
+    <w:rsid w:val="00567314"/>
     <w:rsid w:val="005857C8"/>
     <w:rsid w:val="0062390D"/>
+    <w:rsid w:val="006A6806"/>
     <w:rsid w:val="006D72E9"/>
     <w:rsid w:val="007375F2"/>
     <w:rsid w:val="007D5D0B"/>
     <w:rsid w:val="007F21DD"/>
+    <w:rsid w:val="0089365F"/>
     <w:rsid w:val="008B43E0"/>
     <w:rsid w:val="008F5A7C"/>
+    <w:rsid w:val="00904D32"/>
     <w:rsid w:val="00927113"/>
     <w:rsid w:val="00943ECF"/>
     <w:rsid w:val="009C4606"/>
     <w:rsid w:val="009F7EBD"/>
     <w:rsid w:val="00A64ED8"/>
     <w:rsid w:val="00AE23AA"/>
     <w:rsid w:val="00B7029E"/>
     <w:rsid w:val="00C22275"/>
     <w:rsid w:val="00CA076D"/>
     <w:rsid w:val="00CA2AFD"/>
     <w:rsid w:val="00CA3105"/>
+    <w:rsid w:val="00CD4F42"/>
     <w:rsid w:val="00D320FD"/>
+    <w:rsid w:val="00D32771"/>
     <w:rsid w:val="00E504CA"/>
     <w:rsid w:val="00E5094E"/>
     <w:rsid w:val="00E8377B"/>
     <w:rsid w:val="00E97441"/>
+    <w:rsid w:val="00EA396C"/>
+    <w:rsid w:val="00EB4B69"/>
     <w:rsid w:val="00EF1B62"/>
     <w:rsid w:val="00F2623D"/>
     <w:rsid w:val="00F3234C"/>
     <w:rsid w:val="00FA6B0D"/>
+    <w:rsid w:val="00FB1C88"/>
     <w:rsid w:val="00FD38AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="193ADBB6"/>
   <w15:docId w15:val="{9C6BC221-EF33-42D5-ADEC-E6586382B9BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5638,51 +7801,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5864,50 +8027,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EB4B69"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -5996,51 +8160,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C22275"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F2623D"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="63917859">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="322047068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6321,51 +8485,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>259</Words>
-  <Characters>1478</Characters>
+  <Words>843</Words>
+  <Characters>1199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1734</CharactersWithSpaces>
+  <CharactersWithSpaces>1950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>WU 007</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>