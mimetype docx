--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -1,235 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="13BE504F" w14:textId="5DA63430" w:rsidR="00254D68" w:rsidRPr="00555A9C" w:rsidRDefault="00254D68" w:rsidP="00254D68">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="72443A9B" w14:textId="77777777" w:rsidR="0022408A" w:rsidRDefault="00D32771" w:rsidP="0022408A">
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337F900C" wp14:editId="0E3F168F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547816CB" wp14:editId="33540B1C">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:posOffset>60325</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-666750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="433705"/>
             <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
-            <wp:wrapTight wrapText="bothSides">
-[...15 lines deleted...]
-            <wp:docPr id="228594588" name="圖片 7"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2124894820" name="圖片 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="433705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="661381C7" w14:textId="03E52DCF" w:rsidR="00CA3105" w:rsidRDefault="00CA3105"/>
-    <w:p w14:paraId="1566A263" w14:textId="55656F39" w:rsidR="00B7029E" w:rsidRDefault="00B7029E" w:rsidP="00254D68">
+    <w:p w14:paraId="1566A263" w14:textId="3F714130" w:rsidR="00B7029E" w:rsidRPr="00AD1E83" w:rsidRDefault="00B7029E" w:rsidP="0022408A">
       <w:pPr>
-        <w:spacing w:line="0" w:lineRule="atLeast"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="008B43E0">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>肺癌</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008B43E0">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ROS1 IHC</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>肺癌</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>免疫組織化學染色送檢單</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t>ROS1 IHC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B43E0">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00254D68" w:rsidRPr="00254D68">
+        <w:t>免疫組織化學染色送檢單</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1E83" w:rsidRPr="00254D68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>自費專用</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D706371" w14:textId="77777777" w:rsidR="0000312A" w:rsidRDefault="00CA3105">
       <w:r>
         <w:t>病人姓名：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1227,80 +1156,150 @@
       <w:r w:rsidR="007D5D0B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="007D5D0B">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>□其他：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B48041C" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="004133AE">
-[...19 lines deleted...]
-    <w:p w14:paraId="54D26B7B" w14:textId="58EA4D21" w:rsidR="00C22275" w:rsidRPr="0057584A" w:rsidRDefault="00943ECF" w:rsidP="0057584A">
+    <w:p w14:paraId="3B48041C" w14:textId="716C4E4F" w:rsidR="00C22275" w:rsidRPr="00F84FB5" w:rsidRDefault="004133AE" w:rsidP="00F84FB5">
       <w:pPr>
         <w:spacing w:before="240" w:line="340" w:lineRule="exact"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t>聯</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>絡</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>人</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22275">
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>收費方式</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>和院方收費</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FB5" w:rsidRPr="0074607C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>個案自行轉帳</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D26B7B" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7842D355" wp14:editId="36B25CBD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1835785" cy="6985"/>
                 <wp:effectExtent l="6985" t="10795" r="5080" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="AutoShape 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -1330,120 +1329,50 @@
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="69F5BBE9" id="AutoShape 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:1.6pt;width:144.55pt;height:.55pt;flip:y;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAAb1w+vbAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjkFPg0AUhO8m/Q+b18SbXYSKFVmaxkTjwZBY9b5ln4Bl3yK7BfrvfZ70&#10;NpOZzHz5dradGHHwrSMF16sIBFLlTEu1gve3x6sNCB80Gd05QgVn9LAtFhe5zoyb6BXHfagFj5DP&#10;tIImhD6T0lcNWu1Xrkfi7NMNVge2Qy3NoCcet52MoyiVVrfED43u8aHB6rg/WQXfdHv+WMtx81WW&#10;IX16fqkJy0mpy+W8uwcRcA5/ZfjFZ3QomOngTmS86NgnKaMHBUkMgvN1fHMH4sAiAVnk8j9/8QMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMnPCTwgEAAGMDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAG9cPr2wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;ABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0057584A">
-[...68 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="27722833" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="004133AE">
       <w:r>
         <w:t>聯絡電話</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617CF030" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00943ECF" w:rsidP="00F3234C">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="739C980C" wp14:editId="5981F8F2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>31115</wp:posOffset>
                 </wp:positionV>
@@ -1487,61 +1416,56 @@
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="72E0BF66" id="AutoShape 11" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:2.45pt;width:144.55pt;height:.55pt;flip:y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMnPCTwgEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkSJcacXpI1126&#10;LUC73hV92MJkUSCV2Pn3kxQv++htmA8CKZJPj4/05m7sHTtpJAu+4YvZnDPtJSjr24Z/e354t+aM&#10;ovBKOPC64WdN/G779s1mCLVeQgdOaWQJxFM9hIZ3MYa6qkh2uhc0g6B9ChrAXsTkYlspFENC7121&#10;nM9vqgFQBQSpidLt/SXItwXfGC3jV2NIR+YanrjFcmI5D/msthtRtyhCZ+VEQ/wDi15Ynx69Qt2L&#10;KNgR7Suo3koEAhNnEvoKjLFSlx5SN4v5X908dSLo0ksSh8JVJvp/sPLLaef3mKnL0T+FR5DfiXnY&#10;dcK3uhB4Poc0uEWWqhoC1deS7FDYIzsMn0GlHHGMUFQYDfbMOBtecmEGT52ysch+vsqux8hkulys&#10;368+rFecyRS7uU1WfkrUGSXXBqT4SUPPstFwiihs28UdeJ/mC3h5QZweKV4KfxbkYg8P1rkyZufZ&#10;0PDb1XJVKBE4q3IwpxG2h51DdhJ5Uco3sfgjDeHoVQHrtFAfJzsK6y52Yu38pFOWJu8h1QdQ5z1m&#10;btlLkyztTVuXV+V3v2T9+je2PwAAAP//AwBQSwMEFAAGAAgAAAAhAFa5fZ/cAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjkFPg0AUhO8m/ofNM/FmFytipSyNMdF4MCSt7X3LPoHKvkV2C/Tf+3qy&#10;t5nMZObLVpNtxYC9bxwpuJ9FIJBKZxqqFGy/3u4WIHzQZHTrCBWc0MMqv77KdGrcSGscNqESPEI+&#10;1QrqELpUSl/WaLWfuQ6Js2/XWx3Y9pU0vR553LZyHkWJtLohfqh1h681lj+bo1XwS0+nXSyHxaEo&#10;QvL+8VkRFqNStzfTyxJEwCn8l+GMz+iQM9PeHcl40bJ/SBg9KIifQXAezx9Z7BUkEcg8k5f8+R8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADJzwk8IBAABjAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVrl9n9wAAAAHAQAADwAAAAAAAAAAAAAA&#10;AAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F3234C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5859D008" w14:textId="77777777" w:rsidR="0057584A" w:rsidRPr="0057584A" w:rsidRDefault="00C22275">
+    <w:p w14:paraId="26B8273B" w14:textId="01C5C952" w:rsidR="00AD1E83" w:rsidRDefault="00C22275">
       <w:r>
         <w:t>退件原因：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4369830B" w14:textId="7CCACEE9" w:rsidR="00C22275" w:rsidRDefault="00943ECF">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4369830B" w14:textId="28204AC7" w:rsidR="00C22275" w:rsidRDefault="00943ECF">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A384E07" wp14:editId="0D1654E3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>868680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3395345" cy="6985"/>
                 <wp:effectExtent l="6985" t="8890" r="7620" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="AutoShape 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -1882,99 +1806,88 @@
         </w:rPr>
         <w:t xml:space="preserve">for ROS1 IHC and </w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>二片</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>for ROS1 FISH)</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3CAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EDAD45" w14:textId="441CECFC" w:rsidR="0057584A" w:rsidRDefault="0046564E" w:rsidP="0057584A">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2D0CD9B5" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22275">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046564E">
         <w:t>組織固定時間必須達</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:t>小時以上，不宜超過</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:t xml:space="preserve"> 48 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:t>小時；烤片溫度請勿超過</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="0057584A">
+      <w:r w:rsidR="0046564E">
+        <w:t xml:space="preserve"> 60</w:t>
+      </w:r>
+      <w:r w:rsidR="0046564E">
         <w:rPr>
           <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>℃</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0046564E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6108C3E0" w14:textId="77777777" w:rsidR="00C22275" w:rsidRDefault="00F2623D">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00943ECF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>染色檢體、</w:t>
       </w:r>
       <w:r w:rsidR="00C22275">
         <w:t>脫鈣檢體不宜進行檢測</w:t>
       </w:r>
@@ -2215,55 +2128,54 @@
         </w:rPr>
         <w:t xml:space="preserve">512       </w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAX</w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="004133AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02-25967792</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EB5F02" w14:textId="77777777" w:rsidR="00B7029E" w:rsidRPr="006D72E9" w:rsidRDefault="00B7029E" w:rsidP="0057584A">
+    <w:p w14:paraId="01EB5F02" w14:textId="77777777" w:rsidR="00B7029E" w:rsidRPr="006D72E9" w:rsidRDefault="00B7029E" w:rsidP="0022408A">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA86FDF" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRPr="003F3DBA" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3DBA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>以下為必填欄位</w:t>
       </w:r>
       <w:r w:rsidRPr="003F3DBA">
@@ -2323,51 +2235,51 @@
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">:                                        </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>收件人</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755E0F99" w14:textId="77777777" w:rsidR="00F3234C" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
+    <w:p w14:paraId="14F6D4E8" w14:textId="67A10A98" w:rsidR="009C4606" w:rsidRDefault="00F3234C" w:rsidP="00F3234C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>單位地址</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
@@ -2389,435 +2301,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>聯</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>絡電話</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34895E63" w14:textId="77777777" w:rsidR="009C4606" w:rsidRDefault="009C4606" w:rsidP="00F3234C">
-[...51 lines deleted...]
-    <w:p w14:paraId="66E08AED" w14:textId="4330A216" w:rsidR="009C4606" w:rsidRDefault="009C4606" w:rsidP="009C4606">
+    <w:p w14:paraId="4345CB9C" w14:textId="77777777" w:rsidR="00AD1E83" w:rsidRDefault="00CD4F42" w:rsidP="00FB1C88">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6ACAD75D" w14:textId="7E0AACE9" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="7203F0AA" w14:textId="4E919D21" w:rsidR="00233DE4" w:rsidRDefault="00CD4F42" w:rsidP="00FB1C88">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960B84">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>修訂日期：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2025年12月31日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7532AC06" w14:textId="77777777" w:rsidR="00217EAF" w:rsidRDefault="00217EAF" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E70799C" w14:textId="77777777" w:rsidR="00217EAF" w:rsidRPr="00217EAF" w:rsidRDefault="00217EAF" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:rightChars="-201" w:right="-482"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AD6360" w14:textId="4CF18C7F" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
+      <w:pPr>
+        <w:spacing w:line="520" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685263D0" wp14:editId="133543CE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667968" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3516BE4A" wp14:editId="1AE97F00">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-571500</wp:posOffset>
+              <wp:posOffset>-662305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>30480</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="433705"/>
             <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
-            <wp:wrapTight wrapText="bothSides">
-[...15 lines deleted...]
-            <wp:docPr id="1296724077" name="圖片 7"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="141699267" name="圖片 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="433705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A0CCE47" wp14:editId="40C650CA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="448EFC91" wp14:editId="603A8ACB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>732790</wp:posOffset>
+                  <wp:posOffset>1262380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>33019</wp:posOffset>
+                  <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4326890" cy="301625"/>
-                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:extent cx="4326890" cy="228600"/>
+                <wp:effectExtent l="4445" t="1270" r="2540" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4970770" name="文字方塊 8"/>
+                <wp:docPr id="1128294825" name="文字方塊 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4326890" cy="301625"/>
+                          <a:ext cx="4326890" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="00091991" w14:textId="7DD24C6C" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                          <w:p w14:paraId="3C7C1ECB" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00BD7A3E" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>02-85962050*2</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>0</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>4</w:t>
+                              <w:t>1</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>/FAX：02-</w:t>
-[...13 lines deleted...]
-                              <w:t>85962076</w:t>
+                              <w:t>/FAX：02-85962076</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78267BA8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                          <w:p w14:paraId="00B61C9B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4A0CCE47" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="448EFC91" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="文字方塊 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:57.7pt;margin-top:2.6pt;width:340.7pt;height:23.75pt;z-index:251650560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr3Qwm9AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Idx00Ey0HqwEWB&#10;9AGk/QCKoiSiFJdd0pbcr++SUhy3vRXVgeByydmd2dHmbugMOyr0GmzBF7M5Z8pKqLRtCv7t6/7N&#10;DWc+CFsJA1YV/KQ8v9u+frXpXa6W0IKpFDICsT7vXcHbEFyeZV62qhN+Bk5ZStaAnQgUYpNVKHpC&#10;70y2nM/XWQ9YOQSpvKfThzHJtwm/rpUMn+vaq8BMwam3kFZMaxnXbLsReYPCtVpObYh/6KIT2lLR&#10;M9SDCIIdUP8F1WmJ4KEOMwldBnWtpUociM1i/gebp1Y4lbiQON6dZfL/D1Z+Oj65L8jC8A4GGmAi&#10;4d0jyO+eWdi1wjbqHhH6VomKCi+iZFnvfD49jVL73EeQsv8IFQ1ZHAIkoKHGLqpCPBmh0wBOZ9HV&#10;EJikw9XVcn1zSylJuav5Yr28TiVE/vzaoQ/vFXQsbgqONNSELo6PPsRuRP58JRbzYHS118akAJty&#10;Z5AdBRlgn74J/bdrxsbLFuKzETGeJJqR2cgxDOVAyUi3hOpEhBFGQ9EPQJsW8CdnPZmp4P7HQaDi&#10;zHywJNrtYrWK7kvB6vrtkgK8zJSXGWElQRU8cDZud2F07MGhblqqNI7Jwj0JXeukwUtXU99kmCTN&#10;ZO7oyMs43Xr5Bbe/AAAA//8DAFBLAwQUAAYACAAAACEAUekd0toAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyP3U6DQBCF7018h82YeGPs0qaARZZGTTTe9ucBBpgCkZ0l7LbQt3d6pZdfzsn5ybez&#10;7dWFRt85NrBcRKCIK1d33Bg4Hj6fX0D5gFxj75gMXMnDtri/yzGr3cQ7uuxDoySEfYYG2hCGTGtf&#10;tWTRL9xALNrJjRaD4NjoesRJwm2vV1GUaIsdS0OLA320VP3sz9bA6Xt6ijdT+RWO6W6dvGOXlu5q&#10;zOPD/PYKKtAc/sxwmy/ToZBNpTtz7VUvvIzXYjUQr0CJnm4SuVLeOAVd5Pr/geIXAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA690MJvQBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAUekd0toAAAAIAQAADwAAAAAAAAAAAAAAAABOBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" stroked="f">
+              <v:shape id="文字方塊 19" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:99.4pt;margin-top:5.75pt;width:340.7pt;height:18pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSXzWI8wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07ShlG7UdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdqvlDZEHy+Oxz8w5c7K5HXvDjgq9BlvyxWzOmbISam3bkv/4vn+z&#10;5swHYWthwKqSn5Tnt9vXrzaDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mT5fL7KBsDaIUjlPZ3eT0m+TfhNo2T42jReBWZKTr2FtGJaq7hm240oWhSu0/LchviHLnqhLRW9&#10;QN2LINgB9V9QvZYIHpowk9Bn0DRaqsSB2CzmL9g8dsKpxIXE8e4ik/9/sPLL8dF9QxbGDzDSABMJ&#10;7x5A/vTMwq4TtlV3iDB0StRUeBElywbni/PTKLUvfASphs9Q05DFIUACGhvsoyrEkxE6DeB0EV2N&#10;gUk6XL7NV+sbSknK5fl6NU9TyUTx9NqhDx8V9CxuSo401IQujg8+xG5E8XQlFvNgdL3XxqQA22pn&#10;kB0FGWCfvkTgxTVj42UL8dmEGE8Szchs4hjGaqRkpFtBfSLCCJOh6AegTQf4m7OBzFRy/+sgUHFm&#10;PlkS7WaxXEb3pWD57n1OAV5nquuMsJKgSh44m7a7MDn24FC3HVWaxmThjoRudNLguatz32SYJM3Z&#10;3NGR13G69fwLbv8AAAD//wMAUEsDBBQABgAIAAAAIQAETAU33gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/dToNAEIXvTXyHzZh4Y+zSphSKLI2aaLztzwMMMAUiO0vYbaFv73ild+fknJz5Jt/N&#10;tldXGn3n2MByEYEirlzdcWPgdPx4TkH5gFxj75gM3MjDrri/yzGr3cR7uh5Co2SEfYYG2hCGTGtf&#10;tWTRL9xALNnZjRaD2LHR9YiTjNter6Jooy12LBdaHOi9per7cLEGzl/TU7ydys9wSvbrzRt2Selu&#10;xjw+zK8voALN4a8Mv/iCDoUwle7CtVe9+G0q6EHEMgYlhTSNVqBKA+skBl3k+v8HxQ8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkl81iPMBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABEwFN94AAAAJAQAADwAAAAAAAAAAAAAAAABNBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="00091991" w14:textId="7DD24C6C" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+                    <w:p w14:paraId="3C7C1ECB" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00BD7A3E" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>02-85962050*2</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>4</w:t>
+                        <w:t>1</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>/FAX：02-</w:t>
-[...13 lines deleted...]
-                        <w:t>85962076</w:t>
+                        <w:t>/FAX：02-85962076</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78267BA8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                    <w:p w14:paraId="00B61C9B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7203F0AA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="65740507" w14:textId="1BA7A221" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00FB1C88">
       <w:pPr>
         <w:spacing w:line="520" w:lineRule="exact"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>肺癌</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ROS1</w:t>
       </w:r>
@@ -2829,911 +2696,960 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>螢光原位雜交</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FISH</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢單</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10144" w:type="dxa"/>
+        <w:tblW w:w="9904" w:type="dxa"/>
         <w:tblInd w:w="-724" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
-        <w:gridCol w:w="3440"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2960"/>
+        <w:gridCol w:w="1450"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="68ABAC64" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="2ACF461F" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3493B6" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="497DA8BE" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病人姓名：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28137187" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="74BF6559" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF71BAB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="6DA00FD9" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>身分證字號：</w:t>
+              <w:t>送檢醫院：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EED1781" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="308CF63D" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="07D75112" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="28863A37" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D017456" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="6CC1E36F" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病歷號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD8D252" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="653F00CC" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28096DC8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="3D0E8C78" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>送檢醫院：</w:t>
+              <w:t>送檢醫師：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC54AE8" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="722FA2D2" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="3B2A3476" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="7B230555" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4DC826" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="4074276C" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病理號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="450444E1" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="43193319" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD334DE" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="38CA3042" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>送檢醫師：</w:t>
+              <w:t>採檢日期：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74A00D46" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="3FAA1637" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="41579B6F" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="16508169" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2B5A6C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0990876B" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>IHC</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>價數：</w:t>
+              <w:t>價數</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(檢附報告)：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6338CCFB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="08A7B8F7" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="00B97E70" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:ind w:right="560"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:color w:val="808080"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="151C9AAB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="256F8BD6" w14:textId="13DFF8F6" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>性別/年齡：</w:t>
+              <w:t>性別/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32771">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>齡：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="056651AA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="43545BBF" w14:textId="61BEEC85" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>□女 □男 /      歲</w:t>
+              <w:t xml:space="preserve">□女 □男 / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32771">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3898">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 歲</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="29B32719" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00FB1C88" w:rsidRPr="001D3898" w14:paraId="4105A808" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58F2BF66" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="29815683" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>檢體種類：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73A5903B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="61E0B05C" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□玻片</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="319B2204" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="03DAB249" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□蠟塊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2774D397" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="77F64D78" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>固定液：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47E5FD0E" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="3F06E237" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□中性福馬林 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D29DA93" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="062127EF" w14:textId="77777777" w:rsidR="00FB1C88" w:rsidRPr="001D3898" w:rsidRDefault="00FB1C88" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□其他： </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58EFC0EC" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="542C02BD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:spacing w:line="520" w:lineRule="exact"/>
         <w:ind w:leftChars="-369" w:left="-886"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢注意事項：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C90B95" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="3771E719" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3898">
+      <w:r w:rsidRPr="00B97E70">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>請用正楷清楚填寫。</w:t>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>欲使用藥廠贊助者，送檢時請檢附ROS1 IHC 2+以上報告；同時委託本中心檢測ROS1 IHC及FISH者，IHC結果為2+以上，會接續進行由藥廠贊助的FISH檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCE118B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="27BB8D24" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
+        <w:t>請用正楷清楚填寫。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B83E719" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="6122567F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
+        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E459B13" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="7D5D3DB8" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
+        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5AFE73" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="7D15B825" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
+        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E02D63" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="454670D5" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D45F2">
+      <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>每</w:t>
-[...55 lines deleted...]
-        <w:t>2F。</w:t>
+        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2339FDDE" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="688AA895" w14:textId="570448A2" w:rsidR="00FB1C88" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00FB1C88">
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00960B84">
+      <w:r w:rsidRPr="008D45F2">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>修訂日期：</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>每</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2021年08月12日</w:t>
+        <w:t>週</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006173BC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>四</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>執行，檢體請於週</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006173BC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>三</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>中午前送至本</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3898">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2F。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32771">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 修訂日期：2025年12月31日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CCEB65" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="02CCEB65" w14:textId="21C4F1D4" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-450" w:left="-1080" w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F023"/>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>----------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F023"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6F2895" w14:textId="23EC308C" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="0B84E4DA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00D32771">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BCC2397" wp14:editId="0C972925">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BCC2397" wp14:editId="16397048">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>728345</wp:posOffset>
+                  <wp:posOffset>1252220</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>194310</wp:posOffset>
+                  <wp:posOffset>5714</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4326890" cy="367030"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="4352925" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="163033910" name="文字方塊 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4326890" cy="367030"/>
+                          <a:ext cx="4352925" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -3758,117 +3674,2447 @@
                               </w:rPr>
                               <w:t>02-85962050*2</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>0</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BD7A3E">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>/FAX：02-85962076</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                          <w:p w14:paraId="2F84C54C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>肺癌</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>ROS1</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>螢光原位雜交</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>FISH</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢單</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="77BF56CA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="9904" w:type="dxa"/>
+                              <w:tblInd w:w="-724" w:type="dxa"/>
+                              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1792"/>
+                              <w:gridCol w:w="1450"/>
+                              <w:gridCol w:w="1983"/>
+                              <w:gridCol w:w="1703"/>
+                              <w:gridCol w:w="2555"/>
+                              <w:gridCol w:w="421"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="09694B39" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="1391BA12" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病人姓名：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="589C06A0" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="74B709E7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫院：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2D03E4B2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="058C2985" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="277772EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病歷號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2C807777" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="5773DEC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫師：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="133579BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="706EEF7E" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6D218F55" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病理號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3B849CAD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="697B68CB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>採檢日期：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3E702CAE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="5BA62608" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3242" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6AE69E45" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>IHC</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>價數</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>(檢附報告)：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1983" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="2C52B3AE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:right="560"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:color w:val="808080"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7BC3E25D" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>性別/年齡：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2976" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="24D006EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□女 □男 /      歲</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="26F30D1C" w14:textId="77777777" w:rsidTr="00F55745">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="100DF7BF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>檢體種類：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="02E61103" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□玻片</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="4F276386" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□蠟塊</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="3521F7CE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>固定液：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="732C686F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□中性福馬林 </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="09AF58EC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□其他： </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="674A9B00" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="78DECCAC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病人姓名：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="165ED9D9" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="4FD81AF2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫院：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="308E89D6" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="3E6995E4" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="34293B0C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病歷號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="2CCB125A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="058BDC1E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>送檢醫師：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="61882112" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="61970554" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="73A82A4F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>病理號碼：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="156C1AC7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6F4C045B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>採檢日期：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="524FFC83" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1D7DB65A" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="79B45C40" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00D32771">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>IHC</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>價數</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00B97E70">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>(檢附報告)：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="1744034E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="273F8B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>性別/年齡：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="4BC9F30A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□女 □男 /      歲</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="4BC8A31E" w14:textId="77777777" w:rsidTr="00D32771">
+                              <w:trPr>
+                                <w:gridAfter w:val="1"/>
+                                <w:wAfter w:w="421" w:type="dxa"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1792" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7AC96DDD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>檢體種類：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3433" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="1C88A8F4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□玻片</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="41C6613F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>□蠟塊</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1703" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="728D8819" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>固定液：</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2555" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3AAB1B99" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□中性福馬林 </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="514E8171" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                                  <w:pPr>
+                                    <w:spacing w:line="480" w:lineRule="exact"/>
+                                    <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="001D3898">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">□其他： </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="1D379559" w14:textId="1A28EFD0" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5843A296" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="520" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-15"/>
+                                <w:sz w:val="44"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3BCC2397" id="文字方塊 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:57.35pt;margin-top:15.3pt;width:340.7pt;height:28.9pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IDGz9gEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC81/KrTiJYDlIHLgqk&#10;DyDtB1AUJRGluOyStuR+fZeU4xjJLagOBJdLzu7Mjta3Q2fYQaHXYAs+m0w5U1ZCpW1T8F8/dx+u&#10;OfNB2EoYsKrgR+X57eb9u3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMpSsgbsRKAQm6xC0RN6&#10;Z7L5dLrKesDKIUjlPZ3ej0m+Sfh1rWT4XtdeBWYKTr2FtGJay7hmm7XIGxSu1fLUhnhDF53Qloqe&#10;oe5FEGyP+hVUpyWChzpMJHQZ1LWWKnEgNrPpCzaPrXAqcSFxvDvL5P8frPx2eHQ/kIXhEww0wETC&#10;uweQvz2zsG2FbdQdIvStEhUVnkXJst75/PQ0Su1zH0HK/itUNGSxD5CAhhq7qArxZIROAzieRVdD&#10;YJIOl4v56vqGUpJyi9XVdJGmkon86bVDHz4r6FjcFBxpqAldHB58iN2I/OlKLObB6GqnjUkBNuXW&#10;IDsIMsAufYnAi2vGxssW4rMRMZ4kmpHZyDEM5cB0ddIgsi6hOhJvhNFX9B/QpgX8y1lPniq4/7MX&#10;qDgzXyxpdzNbLqMJU7D8eDWnAC8z5WVGWElQBQ+cjdttGI27d6ibliqN07JwR3rXOknx3NWpffJN&#10;Uujk8WjMyzjdev4TN/8AAAD//wMAUEsDBBQABgAIAAAAIQB1KxM83QAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/RToNAEEXfTfyHzZj4YuyCIlDK0qiJxtfWfsDAToGU3SXsttC/d3zSx5s5ufdM&#10;uV3MIC40+d5ZBfEqAkG2cbq3rYLD98djDsIHtBoHZ0nBlTxsq9ubEgvtZrujyz60gkusL1BBF8JY&#10;SOmbjgz6lRvJ8u3oJoOB49RKPeHM5WaQT1GUSoO95YUOR3rvqDntz0bB8Wt+eFnP9Wc4ZLskfcM+&#10;q91Vqfu75XUDItAS/mD41Wd1qNipdmervRg4x0nGqILnKAXBQLZOYxC1gjxPQFal/P9B9QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5IDGz9gEAANEDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB1KxM83QAAAAkBAAAPAAAAAAAAAAAAAAAAAFAE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWgUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="3BCC2397" id="文字方塊 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:98.6pt;margin-top:.45pt;width:342.75pt;height:47.25pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGW4Gf9gEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlod9mo6Wrpqghp&#10;WZAWPsBxnMQi8Zix26R8PWMn2y1wQ+RgeTz2m3lvXja3Y9+xo0KnwRR8uUg5U0ZCpU1T8G9f92/e&#10;cea8MJXowKiCn5Tjt9vXrzaDzVUGLXSVQkYgxuWDLXjrvc2TxMlW9cItwCpDyRqwF55CbJIKxUDo&#10;fZdkaXqVDICVRZDKOTq9n5J8G/HrWkn/ua6d8qwrOPXm44pxLcOabDcib1DYVsu5DfEPXfRCGyp6&#10;hroXXrAD6r+gei0RHNR+IaFPoK61VJEDsVmmf7B5aoVVkQuJ4+xZJvf/YOXj8cl+QebH9zDSACMJ&#10;Zx9AfnfMwK4VplF3iDC0SlRUeBkkSwbr8vlpkNrlLoCUwyeoaMji4CECjTX2QRXiyQidBnA6i65G&#10;zyQdrt6us5tszZmk3FWaptfrWELkz68tOv9BQc/CpuBIQ43o4vjgfOhG5M9XQjEHna72uutigE25&#10;65AdBRlgH78Z/bdrnQmXDYRnE2I4iTQDs4mjH8uR6WrWILAuoToRb4TJV/Qf0KYF/MnZQJ4quPtx&#10;EKg46z4a0u5muVoFE8Zgtb7OKMDLTHmZEUYSVME9Z9N25yfjHizqpqVK07QM3JHetY5SvHQ1t0++&#10;iQrNHg/GvIzjrZc/cfsLAAD//wMAUEsDBBQABgAIAAAAIQDP+8be2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NTsMwEITvSLyDtUhcEHWI2uaHOBUggbi29AE2yTaJiNdR7Dbp27Oc4PhpRjNf&#10;sVvsoC40+d6xgadVBIq4dk3PrYHj1/tjCsoH5AYHx2TgSh525e1NgXnjZt7T5RBaJSPsczTQhTDm&#10;Wvu6I4t+5UZiyU5ushgEp1Y3E84ybgcdR9FWW+xZHjoc6a2j+vtwtgZOn/PDJpurj3BM9uvtK/ZJ&#10;5a7G3N8tL8+gAi3hrwy/+qIOpThV7syNV4NwlsRSNZCBkjhN4wRUJbhZgy4L/d+//AEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAGW4Gf9gEAANEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDP+8be2gAAAAcBAAAPAAAAAAAAAAAAAAAAAFAEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7762CDC5" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00BD7A3E" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>台北市重慶北路三段146號2F /TEL：</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>02-85962050*2</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>4</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BD7A3E">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>/FAX：02-85962076</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
+                    <w:p w14:paraId="2F84C54C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>肺癌</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>ROS1</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>螢光原位雜交</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>FISH</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001D3898">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>送檢單</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="77BF56CA" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="9904" w:type="dxa"/>
+                        <w:tblInd w:w="-724" w:type="dxa"/>
+                        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="1792"/>
+                        <w:gridCol w:w="1450"/>
+                        <w:gridCol w:w="1983"/>
+                        <w:gridCol w:w="1703"/>
+                        <w:gridCol w:w="2555"/>
+                        <w:gridCol w:w="421"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="09694B39" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="1391BA12" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病人姓名：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="589C06A0" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="74B709E7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫院：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2D03E4B2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="058C2985" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="277772EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病歷號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2C807777" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="5773DEC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫師：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="133579BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="706EEF7E" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6D218F55" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病理號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3B849CAD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="697B68CB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>採檢日期：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3E702CAE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="5BA62608" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3242" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6AE69E45" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>IHC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>價數</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>(檢附報告)：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1983" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="2C52B3AE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:right="560"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:color w:val="808080"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="7BC3E25D" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>性別/年齡：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2976" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="24D006EB" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□女 □男 /      歲</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="26F30D1C" w14:textId="77777777" w:rsidTr="00F55745">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="100DF7BF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>檢體種類：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="02E61103" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□玻片</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4F276386" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□蠟塊</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="3521F7CE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>固定液：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="732C686F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□中性福馬林 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09AF58EC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□其他： </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="674A9B00" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="78DECCAC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病人姓名：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="165ED9D9" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="4FD81AF2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫院：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="308E89D6" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="3E6995E4" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="34293B0C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病歷號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="2CCB125A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="058BDC1E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>送檢醫師：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="61882112" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="61970554" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="73A82A4F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>病理號碼：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="156C1AC7" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6F4C045B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>採檢日期：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="524FFC83" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1D7DB65A" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="79B45C40" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D32771">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>IHC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>價數</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B97E70">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>(檢附報告)：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="1744034E" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="273F8B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>性別/年齡：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="4BC9F30A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□女 □男 /      歲</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="4BC8A31E" w14:textId="77777777" w:rsidTr="00D32771">
+                        <w:trPr>
+                          <w:gridAfter w:val="1"/>
+                          <w:wAfter w:w="421" w:type="dxa"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1792" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="7AC96DDD" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>檢體種類：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3433" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="1C88A8F4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□玻片</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="41C6613F" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>□蠟塊</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1703" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="728D8819" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>固定液：</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2555" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3AAB1B99" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□中性福馬林 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="514E8171" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                            <w:pPr>
+                              <w:spacing w:line="480" w:lineRule="exact"/>
+                              <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001D3898">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">□其他： </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w14:paraId="1D379559" w14:textId="1A28EFD0" w:rsidR="00D32771" w:rsidRPr="00D32771" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5843A296" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
+                      <w:pPr>
+                        <w:spacing w:line="520" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-15"/>
+                          <w:sz w:val="44"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="247D0238" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00233DE4"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="217E2974" wp14:editId="5ED70A2B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-571500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>30480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="433705"/>
@@ -3919,1053 +6165,984 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="433705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65749A05" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="55D0E6A3" w14:textId="77777777" w:rsidR="00D32771" w:rsidRDefault="00233DE4" w:rsidP="00D32771">
       <w:pPr>
-        <w:spacing w:line="520" w:lineRule="exact"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>肺癌</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ROS1</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>螢光原位雜交</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FISH</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢單</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10144" w:type="dxa"/>
+        <w:tblW w:w="9904" w:type="dxa"/>
         <w:tblInd w:w="-724" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
-        <w:gridCol w:w="3440"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2960"/>
+        <w:gridCol w:w="1450"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1878"/>
+        <w:gridCol w:w="2380"/>
+        <w:gridCol w:w="421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="43CA56E0" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="1CA2C438" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB157AA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="4A2CCC23" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病人姓名：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7CC90E" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="33A03B26" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373A160C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2509F1E1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>身分證字號：</w:t>
+              <w:t>送檢醫院：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6C9CDB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="09910CBF" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="0A65F218" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="69737FCE" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="447396A2" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2B4E611A" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病歷號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="216694BA" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="78EFE43B" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77646F2B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="261397B5" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>送檢醫院：</w:t>
+              <w:t>送檢醫師：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6309CF63" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="58AFC05C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="77BF86A0" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="74CFA162" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04053021" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0EFB01BE" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>病理號碼：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5614184F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="4E7E8BD2" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF582FD" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="67C6E129" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3898">
+            <w:r w:rsidRPr="00B97E70">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>送檢醫師：</w:t>
+              <w:t>採檢日期：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74AEFA26" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="53B8D4FC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="107FC787" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="56FBB223" w14:textId="77777777" w:rsidTr="00D32771">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="099CAE07" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="008D45F2" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="5C6F24A3" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D45F2">
+            <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>IHC</w:t>
             </w:r>
-            <w:r w:rsidRPr="008D45F2">
+            <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>價數：</w:t>
+              <w:t>價數</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B97E70">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(檢附報告)：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACCE66F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="2EDD5AC1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
+              <w:ind w:right="560"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:color w:val="808080"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B10A64" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="7CEF7A46" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>性別/年齡：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE85E8A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0A32B94F" w14:textId="2B911C39" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>□女 □男 /      歲</w:t>
+              <w:t>□女 □男 /     歲</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233DE4" w:rsidRPr="001D3898" w14:paraId="0971D030" w14:textId="77777777" w:rsidTr="00104210">
+      <w:tr w:rsidR="00D32771" w:rsidRPr="001D3898" w14:paraId="736E368D" w14:textId="77777777" w:rsidTr="00D32771">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1116461C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="10EDC987" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>檢體種類：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8C5F44" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="0D58E73C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□玻片</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A2F64EF" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="26AB9C33" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□蠟塊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="573FE543" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="20941B3C" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>固定液：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="494B1D45" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="6CE583F1" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:leftChars="-216" w:left="-518" w:firstLineChars="185" w:firstLine="518"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□中性福馬林 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61AEC96A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00104210">
+          <w:p w14:paraId="3C03A8C4" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00F55745">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3898">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">□其他： </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E4C6B65" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="5A10215C" w14:textId="480B5124" w:rsidR="00202DAD" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00202DAD">
       <w:pPr>
-        <w:spacing w:line="520" w:lineRule="exact"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>送檢注意事項：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C0F71C" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="7FF4CAC8" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="00B97E70" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3898">
+      <w:r w:rsidRPr="00B97E70">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>請用正楷清楚填寫。</w:t>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>欲使用藥廠贊助者，送檢時請檢附ROS1 IHC 2+以上報告；同時委託本中心檢測ROS1 IHC及FISH者，IHC結果為2+以上，會接續進行由藥廠贊助的FISH檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D4928F" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="6D144AF9" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
+        <w:t>請用正楷清楚填寫。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B076A4A" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="3E8D1716" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
+        <w:t>可判讀之腫瘤細胞&lt;50顆，以退件處理。若檢體結果無法判讀，以退件處理；補件僅限一次。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168579EB" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="45BB7EBC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
+        <w:t>組織固定時間必須&gt;6小時，不超過72小時；烤片溫度請勿超過60℃。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A2E88B" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="44F9C0AC" w14:textId="77777777" w:rsidR="00D32771" w:rsidRPr="001D3898" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
+        <w:t>染色檢體、脫鈣檢體不宜進行檢測。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BFCA81" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="008D45F2" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="1F722593" w14:textId="77777777" w:rsidR="00217EAF" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk504134038"/>
-      <w:r w:rsidRPr="008D45F2">
+      <w:r w:rsidRPr="001D3898">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>每</w:t>
-[...55 lines deleted...]
-        <w:t>2F。</w:t>
+        <w:t>切3片組織空白片（3μm），標示H&amp;E（需 1 片可使用一般玻片）與FISH（需 2 片請使用親水性玻片）；若檢體為Biopsy，每張FISH 玻片上需放置 3 片以上蠟塊切片)。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC87E91" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="001D3898" w:rsidRDefault="00233DE4" w:rsidP="00233DE4">
+    <w:p w14:paraId="1CCF8FCE" w14:textId="5E336D16" w:rsidR="00D32771" w:rsidRPr="00217EAF" w:rsidRDefault="00D32771" w:rsidP="00D32771">
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:rightChars="-201" w:right="-482"/>
-        <w:jc w:val="right"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00960B84">
+      <w:r w:rsidRPr="00217EAF">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>修訂日期：</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>每週四執行，檢體請於週三中午前送至本</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00217EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00217EAF">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2021年08月12日</w:t>
+        <w:t xml:space="preserve">2F。                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00217EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00217EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>修訂日期：2025年12月31日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC6F75D" w14:textId="77777777" w:rsidR="00233DE4" w:rsidRPr="008B1050" w:rsidRDefault="00233DE4" w:rsidP="009C4606">
-[...11 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00D32771" w:rsidRPr="00217EAF" w:rsidSect="00F3234C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="851" w:footer="1554" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D8F5243" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="497F5974" w14:textId="77777777" w:rsidR="00816D91" w:rsidRDefault="00816D91" w:rsidP="00C22275">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AFA9022" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="131A796D" w14:textId="77777777" w:rsidR="00816D91" w:rsidRDefault="00816D91" w:rsidP="00C22275">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="微軟正黑體">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D6B414E" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="2C6B75E5" w14:textId="77777777" w:rsidR="00816D91" w:rsidRDefault="00816D91" w:rsidP="00C22275">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="474C2FFD" w14:textId="77777777" w:rsidR="00E8377B" w:rsidRDefault="00E8377B" w:rsidP="00C22275">
+    <w:p w14:paraId="7C697F8A" w14:textId="77777777" w:rsidR="00816D91" w:rsidRDefault="00816D91" w:rsidP="00C22275">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="060B0264"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB90E46E"/>
     <w:lvl w:ilvl="0" w:tplc="68620204">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
@@ -5357,161 +7534,170 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2073501684">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1376419792">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="192573668">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA3105"/>
     <w:rsid w:val="0000312A"/>
     <w:rsid w:val="001F3CAD"/>
+    <w:rsid w:val="00202DAD"/>
+    <w:rsid w:val="00217EAF"/>
+    <w:rsid w:val="0022408A"/>
     <w:rsid w:val="00233DE4"/>
-    <w:rsid w:val="00252850"/>
-    <w:rsid w:val="00254D68"/>
     <w:rsid w:val="00297053"/>
     <w:rsid w:val="002E2703"/>
+    <w:rsid w:val="003A49E5"/>
     <w:rsid w:val="004133AE"/>
+    <w:rsid w:val="0046367D"/>
     <w:rsid w:val="0046564E"/>
+    <w:rsid w:val="004A6F07"/>
     <w:rsid w:val="0052411B"/>
     <w:rsid w:val="00531AD8"/>
-    <w:rsid w:val="00554CF7"/>
-    <w:rsid w:val="0057584A"/>
     <w:rsid w:val="005857C8"/>
     <w:rsid w:val="0062390D"/>
     <w:rsid w:val="006D72E9"/>
-    <w:rsid w:val="007045BE"/>
     <w:rsid w:val="007375F2"/>
     <w:rsid w:val="007D5D0B"/>
     <w:rsid w:val="007F21DD"/>
+    <w:rsid w:val="00816D91"/>
+    <w:rsid w:val="0089365F"/>
     <w:rsid w:val="008B43E0"/>
     <w:rsid w:val="008F5A7C"/>
     <w:rsid w:val="00927113"/>
     <w:rsid w:val="00943ECF"/>
     <w:rsid w:val="009C4606"/>
     <w:rsid w:val="009F7EBD"/>
+    <w:rsid w:val="00A04EAC"/>
     <w:rsid w:val="00A64ED8"/>
+    <w:rsid w:val="00AD1E83"/>
     <w:rsid w:val="00AE23AA"/>
     <w:rsid w:val="00B7029E"/>
     <w:rsid w:val="00C22275"/>
     <w:rsid w:val="00CA076D"/>
     <w:rsid w:val="00CA2AFD"/>
     <w:rsid w:val="00CA3105"/>
+    <w:rsid w:val="00CD4F42"/>
     <w:rsid w:val="00D320FD"/>
-    <w:rsid w:val="00E374AD"/>
+    <w:rsid w:val="00D32771"/>
     <w:rsid w:val="00E504CA"/>
     <w:rsid w:val="00E5094E"/>
     <w:rsid w:val="00E8377B"/>
     <w:rsid w:val="00E97441"/>
     <w:rsid w:val="00EF1B62"/>
     <w:rsid w:val="00F2623D"/>
     <w:rsid w:val="00F3234C"/>
+    <w:rsid w:val="00F84FB5"/>
+    <w:rsid w:val="00F97AA5"/>
     <w:rsid w:val="00FA6B0D"/>
+    <w:rsid w:val="00FB1C88"/>
     <w:rsid w:val="00FD38AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="193ADBB6"/>
   <w15:docId w15:val="{9C6BC221-EF33-42D5-ADEC-E6586382B9BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5861,50 +8047,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D32771"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -5993,85 +8180,85 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C22275"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F2623D"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="63917859">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="322047068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6318,51 +8505,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>272</Words>
-  <Characters>1552</Characters>
+  <Words>860</Words>
+  <Characters>1215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1821</CharactersWithSpaces>
+  <CharactersWithSpaces>1981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>WU 007</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>