--- v0 (2025-10-15)
+++ v1 (2026-03-20)
@@ -8,236 +8,241 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60CC22EC" w14:textId="72AD2900" w:rsidR="00B17B0C" w:rsidRDefault="00394943" w:rsidP="00394943">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="60CC22EC" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="006D5E79">
       <w:r w:rsidRPr="003D43F0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="780AE98C" wp14:editId="69A9BBF0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04C0D536" wp14:editId="4F30BBD9">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:posOffset>0</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1951355</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>228600</wp:posOffset>
+              <wp:posOffset>-342900</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2735580" cy="676275"/>
             <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21296"/>
                 <wp:lineTo x="21510" y="21296"/>
                 <wp:lineTo x="21510" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="1" name="圖片 1" descr="一張含有 字型, 圖形, 印刷術 的圖片&#10;&#10;AI 產生的內容可能不正確。"/>
+            <wp:docPr id="1" name="圖片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="圖片 1" descr="一張含有 字型, 圖形, 印刷術 的圖片&#10;&#10;AI 產生的內容可能不正確。"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2735580" cy="676275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B456D09" w14:textId="77777777" w:rsidR="00394943" w:rsidRDefault="00A12B50" w:rsidP="00394943">
+    <w:p w14:paraId="12649373" w14:textId="64CA6E63" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50">
       <w:pPr>
         <w:spacing w:after="540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PD-L1 22C3</w:t>
       </w:r>
       <w:r w:rsidRPr="005A2E17">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>免疫組織化學染色送檢單</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLineChars="2100" w:firstLine="4620"/>
+        <w:t>免疫組織化學染色</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A2E17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>送檢單</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+        <w:t>默沙東免疫治療專用</w:t>
+      </w:r>
+      <w:r w:rsidR="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>默沙東免疫治療專用</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="00D971AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>02</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5.6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A033E2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D971AE">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A12B50">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377962D8" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>病人姓名：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
@@ -331,51 +336,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1836420" cy="7620"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6A298564" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="6A901834" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 9" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:316.85pt;margin-top:1pt;width:144.6pt;height:.6pt;flip:y;z-index:251624966;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhANdOwMDcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPhDAUhO8m/ofmmXhzi8Wwu0jZGBONB0PiqvcufQJKX5F2gf33Pk96nMxk5ptit7heTDiGzpOG&#10;61UCAqn2tqNGw9vrw9UGRIiGrOk9oYYTBtiV52eFya2f6QWnfWwEl1DIjYY2xiGXMtQtOhNWfkBi&#10;78OPzkSWYyPtaGYud71USZJJZzrihdYMeN9i/bU/Og3ftD6938hp81lVMXt8em4Iq1nry4vl7hZE&#10;xCX+heEXn9GhZKaDP5INoteQpemaoxoUX2J/q9QWxEFDqkCWhfzPX/4AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9nBf9bMBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA107AwNwAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624962" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63D45B46" wp14:editId="64BE7FE4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781054</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1381129</wp:posOffset>
@@ -397,51 +402,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1837055" cy="8255"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2FCA47B1" id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:108.75pt;width:144.6pt;height:.6pt;flip:y;z-index:251624962;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEAIVEgBt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82YeLMLWAtBlsaYaDwYkla9b9kRUHYW2S3Qf+/0pMf35uXN94rtYnsx4eg7Rwri&#10;VQQCqXamo0bB+9vTTQbCB01G945QwQk9bMvLi0Lnxs20w2kfGsEl5HOtoA1hyKX0dYtW+5UbkPj2&#10;6UarA8uxkWbUM5fbXiZRtJFWd8QfWj3gY4v19/5oFfxQevpYyyn7qqqweX55bQirWanrq+XhHkTA&#10;JfyF4YzP6FAy08EdyXjRs05ueUtQkMTpHQhOrOMkAXE4O1kKsizk/w3lLwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAhUSAG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
+              <v:shape w14:anchorId="433E2DE7" id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:108.75pt;width:144.6pt;height:.6pt;flip:y;z-index:251624962;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEAIVEgBt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82YeLMLWAtBlsaYaDwYkla9b9kRUHYW2S3Qf+/0pMf35uXN94rtYnsx4eg7Rwri&#10;VQQCqXamo0bB+9vTTQbCB01G945QwQk9bMvLi0Lnxs20w2kfGsEl5HOtoA1hyKX0dYtW+5UbkPj2&#10;6UarA8uxkWbUM5fbXiZRtJFWd8QfWj3gY4v19/5oFfxQevpYyyn7qqqweX55bQirWanrq+XhHkTA&#10;JfyF4YzP6FAy08EdyXjRs05ueUtQkMTpHQhOrOMkAXE4O1kKsizk/w3lLwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAhUSAG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624961" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B3D4A81" wp14:editId="796040A7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781054</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>913134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1836420" cy="7620"/>
                 <wp:effectExtent l="5080" t="8255" r="6985" b="13335"/>
                 <wp:wrapNone/>
@@ -459,51 +464,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1837055" cy="8255"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="26A0F1E6" id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:71.9pt;width:144.6pt;height:.6pt;flip:y;z-index:251624961;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEA83TBot8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j7D5EncWPpujKm0nSakEAcUKUNuGeNacsapzRZ2/17vBPc/Oyn5/dl28m2YsDeN44U&#10;LBcRCKTSmYYqBR/vz3cbED5oMrp1hAou6GGbz24ynRo30h6HQ6gEh5BPtYI6hC6V0pc1Wu0XrkPi&#10;25frrQ4s+0qaXo8cblsZR9FaWt0Qf6h1h081lqfD2Sr4oYfLZyKHzXdRhPXL61tFWIxK3c6n3SOI&#10;gFP4M8O1PleHnDsd3ZmMFy3reMUsgYdkxQzsSJZxDOJ43dxHIPNM/mfIfwEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDzdMGi3wAAAAsBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
+              <v:shape w14:anchorId="63525896" id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:71.9pt;width:144.6pt;height:.6pt;flip:y;z-index:251624961;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEA83TBot8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j7D5EncWPpujKm0nSakEAcUKUNuGeNacsapzRZ2/17vBPc/Oyn5/dl28m2YsDeN44U&#10;LBcRCKTSmYYqBR/vz3cbED5oMrp1hAou6GGbz24ynRo30h6HQ6gEh5BPtYI6hC6V0pc1Wu0XrkPi&#10;25frrQ4s+0qaXo8cblsZR9FaWt0Qf6h1h081lqfD2Sr4oYfLZyKHzXdRhPXL61tFWIxK3c6n3SOI&#10;gFP4M8O1PleHnDsd3ZmMFy3reMUsgYdkxQzsSJZxDOJ43dxHIPNM/mfIfwEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDzdMGi3wAAAAsBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C9D485E" wp14:editId="38EE282C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>781054</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20324</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1836420" cy="7620"/>
                 <wp:effectExtent l="5080" t="10795" r="6985" b="10795"/>
                 <wp:wrapNone/>
@@ -521,51 +526,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1837055" cy="8255"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="637BABBB" id="AutoShape 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:1.6pt;width:144.6pt;height:.6pt;flip:y;z-index:251624960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEAK9gWddwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j9B2srcaNO06hUaZyqqgTigCJR4O7G2yQQr0PsJunfs5zobUazmn2T7SbbigF73zhS&#10;sFxEIJBKZxqqFHy8Pz1sQPigyejWESq4ooddPrvLdGrcSG84HEMluIR8qhXUIXSplL6s0Wq/cB0S&#10;Z2fXWx3Y9pU0vR653LYyjqK1tLoh/lDrDg81lt/Hi1XwQ4/Xz0QOm6+iCOvnl9eKsBiVup9P+y2I&#10;gFP4P4Y/fEaHnJlO7kLGi5Z9vOItQcEqBsF5soxZnFgkIPNM3vLnvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAr2BZ13AAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
+              <v:shape w14:anchorId="36E42B3E" id="AutoShape 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:61.5pt;margin-top:1.6pt;width:144.6pt;height:.6pt;flip:y;z-index:251624960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEAK9gWddwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j9B2srcaNO06hUaZyqqgTigCJR4O7G2yQQr0PsJunfs5zobUazmn2T7SbbigF73zhS&#10;sFxEIJBKZxqqFHy8Pz1sQPigyejWESq4ooddPrvLdGrcSG84HEMluIR8qhXUIXSplL6s0Wq/cB0S&#10;Z2fXWx3Y9pU0vR653LYyjqK1tLoh/lDrDg81lt/Hi1XwQ4/Xz0QOm6+iCOvnl9eKsBiVup9P+y2I&#10;gFP4P4Y/fEaHnJlO7kLGi5Z9vOItQcEqBsF5soxZnFgkIPNM3vLnvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAr2BZ13AAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="767BC08A" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5E79">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:spacing w:val="240"/>
           <w:fitText w:val="960" w:id="1712542464"/>
         </w:rPr>
         <w:t>性</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5E79">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:fitText w:val="960" w:id="1712542464"/>
@@ -717,51 +722,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1836420" cy="7620"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="251BBFA3" id="AutoShape 8" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:316.85pt;margin-top:2.5pt;width:144.6pt;height:.6pt;flip:y;z-index:251624965;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhAKG9+rfcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/Q+baeLNLqVKW2RpjInGgyGx6n3LjoBlZ5HdAv33Tk96nHwv732T7SbbigF73zhS&#10;sFxEIJBKZxqqFHy8P91sQPigyejWESo4o4ddPrvKdGrcSG847EMluIR8qhXUIXSplL6s0Wq/cB0S&#10;sy/XWx347Ctpej1yuW1lHEWJtLohXqh1h481lsf9ySr4ofX581YOm++iCMnzy2tFWIxKXc+nh3sQ&#10;AafwF4aLPqtDzk4HdyLjRasgWa3WHFVwxy8x38bxFsSBQQwyz+R///wXAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9nBf9bMBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAob36t9wAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;">
+              <v:shape w14:anchorId="5E04D8E9" id="AutoShape 8" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:316.85pt;margin-top:2.5pt;width:144.6pt;height:.6pt;flip:y;z-index:251624965;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhAKG9+rfcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/Q+baeLNLqVKW2RpjInGgyGx6n3LjoBlZ5HdAv33Tk96nHwv732T7SbbigF73zhS&#10;sFxEIJBKZxqqFHy8P91sQPigyejWESo4o4ddPrvKdGrcSG847EMluIR8qhXUIXSplL6s0Wq/cB0S&#10;sy/XWx347Ctpej1yuW1lHEWJtLohXqh1h481lsf9ySr4ofX581YOm++iCMnzy2tFWIxKXc+nh3sQ&#10;AafwF4aLPqtDzk4HdyLjRasgWa3WHFVwxy8x38bxFsSBQQwyz+R///wXAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9nBf9bMBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAob36t9wAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="164536C2" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>病歷號碼：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -870,51 +875,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1836420" cy="7620"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2C222477" id="AutoShape 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:317.15pt;margin-top:1.05pt;width:144.6pt;height:.6pt;flip:y;z-index:251624964;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhAL+m8i7cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;jsFOg0AURfcm/sPkmbizQ6FiRR6NMdG4MCTWdj9lnoAyb5CZAv17pytd3tybc0++mU0nRhpcaxlh&#10;uYhAEFdWt1wj7D6eb9YgnFesVWeZEE7kYFNcXuQq03bidxq3vhYBwi5TCI33fSalqxoyyi1sTxy6&#10;TzsY5UMcaqkHNQW46WQcRak0quXw0KienhqqvrdHg/DDd6f9So7rr7L06cvrW81UTojXV/PjAwhP&#10;s/8bw1k/qEMRnA72yNqJDiFNVkmYIsRLEKG/j5NbEAeEJAFZ5PK/f/ELAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9nBf9bMBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAv6byLtwAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;">
+              <v:shape w14:anchorId="475834E0" id="AutoShape 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:317.15pt;margin-top:1.05pt;width:144.6pt;height:.6pt;flip:y;z-index:251624964;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhAL+m8i7cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;jsFOg0AURfcm/sPkmbizQ6FiRR6NMdG4MCTWdj9lnoAyb5CZAv17pytd3tybc0++mU0nRhpcaxlh&#10;uYhAEFdWt1wj7D6eb9YgnFesVWeZEE7kYFNcXuQq03bidxq3vhYBwi5TCI33fSalqxoyyi1sTxy6&#10;TzsY5UMcaqkHNQW46WQcRak0quXw0KienhqqvrdHg/DDd6f9So7rr7L06cvrW81UTojXV/PjAwhP&#10;s/8bw1k/qEMRnA72yNqJDiFNVkmYIsRLEKG/j5NbEAeEJAFZ5PK/f/ELAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9nBf9bMBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAv6byLtwAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E245E8C" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="009B6765">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624963" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13454164" wp14:editId="62EA5438">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4027805</wp:posOffset>
@@ -939,51 +944,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1836420" cy="7620"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6A8E6E3B" id="AutoShape 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:317.15pt;margin-top:17.45pt;width:144.6pt;height:.6pt;flip:y;z-index:251624963;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhABPpURbeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOg0AQhu8mvsNmTLzZpQWxRZbGmGg8GBKrvW/ZKaDsLLJboG/veNLjzHz55/vz7Ww7MeLgW0cK&#10;losIBFLlTEu1go/3p5s1CB80Gd05QgVn9LAtLi9ynRk30RuOu1ALDiGfaQVNCH0mpa8atNovXI/E&#10;t6MbrA48DrU0g5443HZyFUWptLol/tDoHh8brL52J6vgm+7O+0SO68+yDOnzy2tNWE5KXV/ND/cg&#10;As7hD4ZffVaHgp0O7kTGi05BGicxowriZAOCgc0qvgVx4EW6BFnk8n+D4gcAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD2cF/1swEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAT6VEW3gAAAAkBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
+              <v:shape w14:anchorId="18EDBC36" id="AutoShape 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:317.15pt;margin-top:17.45pt;width:144.6pt;height:.6pt;flip:y;z-index:251624963;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cF/1swEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yNWuNOD0k6C7F&#10;VqDd7ows2UJlURDVOPn7UXKaDett6EUQRfKR75Fa3x4HJw46kkXfyMVsLoX2Clvru0b+fLr7dC0F&#10;JfAtOPS6kSdN8nbz8cN6DLVeYo+u1VEwiKd6DI3sUwp1VZHq9QA0w6A9Ow3GARKbsavaCCOjD65a&#10;zuerasTYhohKE/HrbnLKTcE3Rqv0wxjSSbhGcm+pnLGc+3xWmzXUXYTQW3VuA/6jiwGs56IXqB0k&#10;EC/RvoEarIpIaNJM4VChMVbpwoHZLOb/sHnsIejChcWhcJGJ3g9WfT9s/UPMraujfwz3qJ6JRanG&#10;QPXFmQ0KU9jRxEEYZ8MvnnfhzCzEsUh6ukiqj0koflxcf159WbLyin1fV3zL4FBnlFw0RErfNA4i&#10;XxpJKYLt+rRF73l2GKcKcLinNCW+JuRkj3fWuTJC58XYyJur5RWXAl4k4yDxdQgto/quNErobJtT&#10;XitvXRQH4NXYO1DP59beRO2A+imsuKadifji26kl5896TRJlsfbYnh5idmeLZ1dIn/csL8ffdon6&#10;8xs2vwEAAP//AwBQSwMEFAAGAAgAAAAhABPpURbeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOg0AQhu8mvsNmTLzZpQWxRZbGmGg8GBKrvW/ZKaDsLLJboG/veNLjzHz55/vz7Ww7MeLgW0cK&#10;losIBFLlTEu1go/3p5s1CB80Gd05QgVn9LAtLi9ynRk30RuOu1ALDiGfaQVNCH0mpa8atNovXI/E&#10;t6MbrA48DrU0g5443HZyFUWptLol/tDoHh8brL52J6vgm+7O+0SO68+yDOnzy2tNWE5KXV/ND/cg&#10;As7hD4ZffVaHgp0O7kTGi05BGicxowriZAOCgc0qvgVx4EW6BFnk8n+D4gcAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD2cF/1swEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAT6VEW3gAAAAkBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A12B50" w:rsidRPr="000A03E6">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>病理號碼</w:t>
       </w:r>
       <w:r w:rsidR="00A12B50">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00A12B50">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1103,59 +1108,59 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6765">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006D5E79">
+      <w:r w:rsidRPr="00D971AE">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:spacing w:val="120"/>
           <w:fitText w:val="1200" w:id="1712542724"/>
         </w:rPr>
         <w:t>固定</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5E79">
+      <w:r w:rsidRPr="00D971AE">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:fitText w:val="1200" w:id="1712542724"/>
         </w:rPr>
         <w:t>液</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>□中性福馬林</w:t>
       </w:r>
@@ -1230,59 +1235,59 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1127760" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7E8CA30D" id="AutoShape 14" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:372.2pt;margin-top:.05pt;width:88.8pt;height:.05pt;z-index:251624971;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPLFrorQEAAEoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L45TJN2MOD0k6C7F&#10;VqDrByiyZAuVREFUY+fvR8lpOqy3YRdBFMnHx0dqezc5y04qogHf8nqx5Ex5CZ3xfcuff91/+coZ&#10;JuE7YcGrlp8V8rvd50/bMTRqBQPYTkVGIB6bMbR8SCk0VYVyUE7gAoLy5NQQnUhkxr7qohgJ3dlq&#10;tVxuqhFiFyJIhUivh9nJdwVfayXTT61RJWZbTtxSOWM5j/msdlvR9FGEwcgLDfEPLJwwnopeoQ4i&#10;CfYazQcoZ2QEBJ0WElwFWhupSg/UTb38q5unQQRVeiFxMFxlwv8HK3+c9v4xZupy8k/hAeQLkijV&#10;GLC5OrOBYQ6bdHQ5nLizqQh5vgqppsQkPdb16vZ2Q3pL8m1u1lnmSjRvqSFi+q7AsXxpOaYoTD+k&#10;PXhPA4NYFynF6QHTnPiWkOt6uDfWlrlZz8aWf1uv1lRJ0PZoKxJdXegI1fcFBsGaLqfk5Ay0t5Gd&#10;BO3D0Qr5cqH2IeogcJjDimtelAivvpspWX8RadYlK3SE7vwYsztbNLDS9GW58kb8aZeo9y+w+w0A&#10;AP//AwBQSwMEFAAGAAgAAAAhAO7OCMrbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1lbgg6tRKgYY4VYXEgSNtJa5uvCSh8TqKnSb069me2uPqjWbe5uvJteKEfWg8aVjMExBI&#10;pbcNVRr2u4+nVxAhGrKm9YQa/jDAuri/y01m/UhfeNrGSnAJhcxoqGPsMilDWaMzYe47JGY/vncm&#10;8tlX0vZm5HLXSpUkz9KZhnihNh2+11get4PTgGFYLpLNylX7z/P4+K3Ov2O30/phNm3eQESc4jUM&#10;F31Wh4KdDn4gG0Sr4SVNU45egGC8UopfO2hQIItc3toX/wAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBPLFrorQEAAEoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDuzgjK2wAAAAUBAAAPAAAAAAAAAAAAAAAAAAcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;">
+              <v:shape w14:anchorId="239F9B8C" id="AutoShape 14" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:372.2pt;margin-top:.05pt;width:88.8pt;height:.05pt;z-index:251624971;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPLFrorQEAAEoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L45TJN2MOD0k6C7F&#10;VqDrByiyZAuVREFUY+fvR8lpOqy3YRdBFMnHx0dqezc5y04qogHf8nqx5Ex5CZ3xfcuff91/+coZ&#10;JuE7YcGrlp8V8rvd50/bMTRqBQPYTkVGIB6bMbR8SCk0VYVyUE7gAoLy5NQQnUhkxr7qohgJ3dlq&#10;tVxuqhFiFyJIhUivh9nJdwVfayXTT61RJWZbTtxSOWM5j/msdlvR9FGEwcgLDfEPLJwwnopeoQ4i&#10;CfYazQcoZ2QEBJ0WElwFWhupSg/UTb38q5unQQRVeiFxMFxlwv8HK3+c9v4xZupy8k/hAeQLkijV&#10;GLC5OrOBYQ6bdHQ5nLizqQh5vgqppsQkPdb16vZ2Q3pL8m1u1lnmSjRvqSFi+q7AsXxpOaYoTD+k&#10;PXhPA4NYFynF6QHTnPiWkOt6uDfWlrlZz8aWf1uv1lRJ0PZoKxJdXegI1fcFBsGaLqfk5Ay0t5Gd&#10;BO3D0Qr5cqH2IeogcJjDimtelAivvpspWX8RadYlK3SE7vwYsztbNLDS9GW58kb8aZeo9y+w+w0A&#10;AP//AwBQSwMEFAAGAAgAAAAhAO7OCMrbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1lbgg6tRKgYY4VYXEgSNtJa5uvCSh8TqKnSb069me2uPqjWbe5uvJteKEfWg8aVjMExBI&#10;pbcNVRr2u4+nVxAhGrKm9YQa/jDAuri/y01m/UhfeNrGSnAJhcxoqGPsMilDWaMzYe47JGY/vncm&#10;8tlX0vZm5HLXSpUkz9KZhnihNh2+11get4PTgGFYLpLNylX7z/P4+K3Ov2O30/phNm3eQESc4jUM&#10;F31Wh4KdDn4gG0Sr4SVNU45egGC8UopfO2hQIItc3toX/wAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBPLFrorQEAAEoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDuzgjK2wAAAAUBAAAPAAAAAAAAAAAAAAAAAAcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151A7AE5" w14:textId="41B29EFF" w:rsidR="000F48DF" w:rsidRPr="00394943" w:rsidRDefault="006D5E79" w:rsidP="00394943">
+    <w:p w14:paraId="34DE17BB" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="006D5E79">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00747249">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>癌別</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00747249">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00A12B50" w:rsidRPr="00747249">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
@@ -1357,323 +1362,368 @@
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B50">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B50">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B50">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457DB1C6" w14:textId="439435D1" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
+    <w:p w14:paraId="151A7AE5" w14:textId="7D2A36FD" w:rsidR="000F48DF" w:rsidRDefault="00D971AE" w:rsidP="000F48DF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gastric</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Head and </w:t>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cancer</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
-[...2 lines deleted...]
-        <w:t>N</w:t>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
-[...2 lines deleted...]
-        <w:t>eck SCC(</w:t>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>判讀</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>判讀</w:t>
-[...6 lines deleted...]
-        <w:t>T</w:t>
+        <w:t>CPS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
-[...27 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+      <w:r w:rsidR="00092C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F48DF" w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F48DF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+      <w:r w:rsidR="000F48DF" w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00394943" w:rsidRPr="000F48DF">
+      <w:r w:rsidR="000F48DF" w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>染色含報告</w:t>
       </w:r>
+      <w:r w:rsidR="000F48DF" w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0219E355" w14:textId="682173A1" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
+    <w:p w14:paraId="457DB1C6" w14:textId="4DA0DBEC" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Head and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>eck SCC(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>判讀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>PS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>+TPS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">TNBC </w:t>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>染色不含報告</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
-[...2 lines deleted...]
-        <w:t>判讀</w:t>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>僅染色</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
-          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00394943">
-[...47 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3632E4A8" w14:textId="039EB0C4" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
+    <w:p w14:paraId="0219E355" w14:textId="77777777" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">TNBC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>判讀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>CPS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3632E4A8" w14:textId="77777777" w:rsidR="000F48DF" w:rsidRPr="000F48DF" w:rsidRDefault="000F48DF" w:rsidP="000F48DF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F48DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Esophageal</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>判讀</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>CPS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F48DF">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體" w:hint="eastAsia"/>
@@ -1855,51 +1905,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1837055" cy="8255"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F9B0E3C" id="AutoShape 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:1.6pt;width:144.6pt;height:.6pt;flip:y;z-index:251624967;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEApdhdoNwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82Y9GaXUoINsjTGxMaDIbHqfctOgZadRXYL9N87nvT2Xt7kvW/y7Ww7MeLgW0cK&#10;VssIBFLlTEu1gs+Pl/sNCB80Gd05QgVX9LAtbm9ynRk30TuO+1ALLiGfaQVNCH0mpa8atNovXY/E&#10;2dENVge2Qy3NoCcut52MoyiVVrfEC43u8bnB6ry/WAXf9HD9SuS4OZVlSHevbzVhOSm1uJufHkEE&#10;nMPfMfziMzoUzHRwFzJedOzXKaMHBesYBOdJnPJvBxYJyCKX//mLHwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCl2F2g3AAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
+              <v:shape w14:anchorId="623CC775" id="AutoShape 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:68.4pt;margin-top:1.6pt;width:144.6pt;height:.6pt;flip:y;z-index:251624967;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrUL9LsgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3ZSZMuMOD0k6C7F&#10;VqDr7oos2UIlURDV2Pn7UXKaDett2EUQRfKR75Ha3k3OspOKaMC3fLmoOVNeQmd83/LnH/c3G84w&#10;Cd8JC161/KyQ3+0+ftiOoVErGMB2KjIC8diMoeVDSqGpKpSDcgIXEJQnp4boRCIz9lUXxUjozlar&#10;uv5UjRC7EEEqRHo9zE6+K/haK5m+a40qMdty6i2VM5bzmM9qtxVNH0UYjLy0If6hCyeMp6JXqINI&#10;gr1G8w7KGRkBQaeFBFeB1kaqwoHYLOu/2DwNIqjChcTBcJUJ/x+s/Hba+8eYW5eTfwoPIF+QRKnG&#10;gM3VmQ0Mc9iko2PamvCT5l04Ews2FUnPV0nVlJikx+Xm9nO9XnMmybdZ0S2Diyaj5KIhYvqqwLF8&#10;aTmmKEw/pD14T7ODOFcQpwdMc+JbQk72cG+sLSO0no0t/7Je5VKCFklbkejqQkeovi+NIljT5ZS3&#10;ynsb2UnQahytkC+X1t5FHQQOc1hxzTsT4dV3c0vWX/SaJcpiHaE7P8bszhbNrpC+7Flejj/tEvX7&#10;N+x+AQAA//8DAFBLAwQUAAYACAAAACEApdhdoNwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82Y9GaXUoINsjTGxMaDIbHqfctOgZadRXYL9N87nvT2Xt7kvW/y7Ww7MeLgW0cK&#10;VssIBFLlTEu1gs+Pl/sNCB80Gd05QgVX9LAtbm9ynRk30TuO+1ALLiGfaQVNCH0mpa8atNovXY/E&#10;2dENVge2Qy3NoCcut52MoyiVVrfEC43u8bnB6ry/WAXf9HD9SuS4OZVlSHevbzVhOSm1uJufHkEE&#10;nMPfMfziMzoUzHRwFzJedOzXKaMHBesYBOdJnPJvBxYJyCKX//mLHwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBrUL9LsgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCl2F2g3AAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="000A03E6">
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>聯絡電話</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65815A79" w14:textId="58822DD1" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50" w:rsidP="002A254D">
       <w:pPr>
         <w:spacing w:line="500" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
@@ -1938,51 +1988,51 @@
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="3213735" cy="8255"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="54665F68" id="AutoShape 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:82.8pt;margin-top:.45pt;width:253pt;height:.6pt;flip:y;z-index:251624969;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnywJXtAEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/oPwi6L04cZOuMOD0k6C7F&#10;VqDb7ows2UIlURDV2Pn7SXKaDutt2EUQRfLx8ZHa3k3WsJMMpNG1fLVYciadwE67vuU/f9x/vOWM&#10;IrgODDrZ8rMkfre7+bAdfSNrHNB0MrAE4qgZfcuHGH1TVSQGaYEW6KVLToXBQkxm6KsuwJjQranq&#10;5fJTNWLofEAhidLrYXbyXcFXSor4XSmSkZmWJ26xnKGcx3xWuy00fQA/aHGhAf/AwoJ2qegV6gAR&#10;2EvQ76CsFgEJVVwItBUqpYUsPaRuVsu/unkawMvSSxKH/FUm+n+w4ttp7x5Dpi4m9+QfUDxTEqUa&#10;PTVXZzbIz2GTCpYpo/2vNO/Sc+qCTUXS81VSOUUm0uO6Xq0/rzecieS7rTebrHgFTUbJRX2g+FWi&#10;ZfnScooBdD/EPTqXZodhrgCnB4pz4mtCTnZ4r40pIzSOjS3/sqlzKUiLpAzEdLW+S6iuL0QJje5y&#10;ymvlvQnsBGk1jgbE84Xau6gD0DCHFde8MwFfXDdTMu6i1yxRFuuI3fkxZHe20uxK05c9y8vxp12i&#10;3n7D7jcAAAD//wMAUEsDBBQABgAIAAAAIQDcpUX42gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcqJMK3DaNUyEkEAcUqQXubrwkgXgdYjdJ/57lBMenGc28fDe7Tow4hNaT&#10;hnSRgECqvG2p1vD2+nizBhGiIWs6T6jhjAF2xeVFbjLrJ9rjeIi14BEKmdHQxNhnUoaqQWfCwvdI&#10;nH34wZnIONTSDmbicdfJZZIo6UxL/NCYHh8arL4OJ6fhm1bn91s5rj/LMqqn55easJy0vr6a77cg&#10;Is7xrwy/+qwOBTsd/YlsEB2zulNc1bABwbFapYxHDcsUZJHL//rFDwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAnywJXtAEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDcpUX42gAAAAYBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
+              <v:shape w14:anchorId="3CC82BEE" id="AutoShape 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:82.8pt;margin-top:.45pt;width:253pt;height:.6pt;flip:y;z-index:251624969;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnywJXtAEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/oPwi6L04cZOuMOD0k6C7F&#10;VqDb7ows2UIlURDV2Pn7SXKaDutt2EUQRfLx8ZHa3k3WsJMMpNG1fLVYciadwE67vuU/f9x/vOWM&#10;IrgODDrZ8rMkfre7+bAdfSNrHNB0MrAE4qgZfcuHGH1TVSQGaYEW6KVLToXBQkxm6KsuwJjQranq&#10;5fJTNWLofEAhidLrYXbyXcFXSor4XSmSkZmWJ26xnKGcx3xWuy00fQA/aHGhAf/AwoJ2qegV6gAR&#10;2EvQ76CsFgEJVVwItBUqpYUsPaRuVsu/unkawMvSSxKH/FUm+n+w4ttp7x5Dpi4m9+QfUDxTEqUa&#10;PTVXZzbIz2GTCpYpo/2vNO/Sc+qCTUXS81VSOUUm0uO6Xq0/rzecieS7rTebrHgFTUbJRX2g+FWi&#10;ZfnScooBdD/EPTqXZodhrgCnB4pz4mtCTnZ4r40pIzSOjS3/sqlzKUiLpAzEdLW+S6iuL0QJje5y&#10;ymvlvQnsBGk1jgbE84Xau6gD0DCHFde8MwFfXDdTMu6i1yxRFuuI3fkxZHe20uxK05c9y8vxp12i&#10;3n7D7jcAAAD//wMAUEsDBBQABgAIAAAAIQDcpUX42gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcqJMK3DaNUyEkEAcUqQXubrwkgXgdYjdJ/57lBMenGc28fDe7Tow4hNaT&#10;hnSRgECqvG2p1vD2+nizBhGiIWs6T6jhjAF2xeVFbjLrJ9rjeIi14BEKmdHQxNhnUoaqQWfCwvdI&#10;nH34wZnIONTSDmbicdfJZZIo6UxL/NCYHh8arL4OJ6fhm1bn91s5rj/LMqqn55easJy0vr6a77cg&#10;Is7xrwy/+qwOBTsd/YlsEB2zulNc1bABwbFapYxHDcsUZJHL//rFDwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAnywJXtAEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDcpUX42gAAAAYBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t>送檢注意事項：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E78CF97" w14:textId="77777777" w:rsidR="00B17B0C" w:rsidRDefault="00A12B50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="細明體" w:hAnsi="細明體"/>
         </w:rPr>
       </w:pPr>
@@ -2524,58 +2574,58 @@
       </w:r>
       <w:r w:rsidRPr="00DC3807">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="6875A827" w14:textId="77777777" w:rsidR="00D177BF" w:rsidRPr="00D177BF" w:rsidRDefault="00D177BF" w:rsidP="00D177BF"/>
     <w:sectPr w:rsidR="00D177BF" w:rsidRPr="00D177BF" w:rsidSect="00D177BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="658" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AF2C96E" w14:textId="77777777" w:rsidR="00CF2DC8" w:rsidRDefault="00CF2DC8">
+    <w:p w14:paraId="490A5455" w14:textId="77777777" w:rsidR="00054A16" w:rsidRDefault="00054A16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14CE27A5" w14:textId="77777777" w:rsidR="00CF2DC8" w:rsidRDefault="00CF2DC8">
+    <w:p w14:paraId="646A9B6E" w14:textId="77777777" w:rsidR="00054A16" w:rsidRDefault="00054A16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -2606,58 +2656,58 @@
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0221F38D" w14:textId="77777777" w:rsidR="00CF2DC8" w:rsidRDefault="00CF2DC8">
+    <w:p w14:paraId="76CF4828" w14:textId="77777777" w:rsidR="00054A16" w:rsidRDefault="00054A16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="062391C4" w14:textId="77777777" w:rsidR="00CF2DC8" w:rsidRDefault="00CF2DC8">
+    <w:p w14:paraId="4A493BE0" w14:textId="77777777" w:rsidR="00054A16" w:rsidRDefault="00054A16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06058ED8"/>
     <w:lvl w:ilvl="0" w:tplc="1E2E3462">
       <w:start w:val="3784"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F068448A">
       <w:start w:val="1"/>
@@ -3097,147 +3147,144 @@
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="373191299">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1176530769">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B17B0C"/>
+    <w:rsid w:val="00054A16"/>
     <w:rsid w:val="00065669"/>
     <w:rsid w:val="0008581E"/>
+    <w:rsid w:val="00092C22"/>
     <w:rsid w:val="000A03E6"/>
     <w:rsid w:val="000F48DF"/>
     <w:rsid w:val="000F73FC"/>
     <w:rsid w:val="00143082"/>
     <w:rsid w:val="00214CF8"/>
     <w:rsid w:val="002A254D"/>
+    <w:rsid w:val="002D201E"/>
     <w:rsid w:val="002E30F4"/>
     <w:rsid w:val="00324560"/>
-    <w:rsid w:val="00394943"/>
     <w:rsid w:val="00395D68"/>
+    <w:rsid w:val="00405049"/>
     <w:rsid w:val="004320CC"/>
     <w:rsid w:val="0044221B"/>
-    <w:rsid w:val="004D1F7F"/>
     <w:rsid w:val="005A2E17"/>
     <w:rsid w:val="005B185A"/>
     <w:rsid w:val="005C2C17"/>
     <w:rsid w:val="006A0B6E"/>
     <w:rsid w:val="006D5E79"/>
     <w:rsid w:val="00720BB4"/>
     <w:rsid w:val="00747249"/>
-    <w:rsid w:val="00772A4E"/>
     <w:rsid w:val="007D7363"/>
-    <w:rsid w:val="00823E3F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008A48CD"/>
     <w:rsid w:val="00924BC0"/>
     <w:rsid w:val="009813FD"/>
     <w:rsid w:val="009B6765"/>
     <w:rsid w:val="009F6CC9"/>
-    <w:rsid w:val="00A033E2"/>
     <w:rsid w:val="00A12B50"/>
-    <w:rsid w:val="00A41A11"/>
-    <w:rsid w:val="00A658FA"/>
+    <w:rsid w:val="00A5658D"/>
     <w:rsid w:val="00AC7CC8"/>
     <w:rsid w:val="00AF6F68"/>
     <w:rsid w:val="00B17B0C"/>
-    <w:rsid w:val="00BE6A1D"/>
+    <w:rsid w:val="00B511A4"/>
     <w:rsid w:val="00C57A28"/>
     <w:rsid w:val="00CF2DC8"/>
     <w:rsid w:val="00CF3753"/>
     <w:rsid w:val="00D177BF"/>
     <w:rsid w:val="00D6156F"/>
     <w:rsid w:val="00D66B09"/>
-    <w:rsid w:val="00E01C40"/>
+    <w:rsid w:val="00D755E1"/>
+    <w:rsid w:val="00D971AE"/>
+    <w:rsid w:val="00DC7F54"/>
     <w:rsid w:val="00E61626"/>
     <w:rsid w:val="00E8330F"/>
-    <w:rsid w:val="00F17105"/>
     <w:rsid w:val="00F223FC"/>
     <w:rsid w:val="00F56E59"/>
     <w:rsid w:val="00FA7C5C"/>
     <w:rsid w:val="00FE408F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="1440"/>
     <m:rMargin m:val="1440"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6F343A00"/>
   <w15:docId w15:val="{9A43B564-C335-4DEC-81BE-2314F64E9801}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4027,62 +4074,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="a10f9ac0-5937-4b4f-b459-96aedd9ed2c5" origin="userSelected">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D4A5AF5A2C086245A6FB8DD6AA4B5BE7" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="94efa148547ad3d362be577ef96ab9fc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="8e35b1ac-3a80-4306-9f64-4ab05f961e1b" xmlns:ns4="e87e0d85-5fa9-468c-83bc-fe5dbf414b04" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9bb807f800675633a3ad60d0462ec75e" ns3:_="" ns4:_="">
     <xsd:import namespace="8e35b1ac-3a80-4306-9f64-4ab05f961e1b"/>
     <xsd:import namespace="e87e0d85-5fa9-468c-83bc-fe5dbf414b04"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4261,206 +4305,198 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="a10f9ac0-5937-4b4f-b459-96aedd9ed2c5" origin="userSelected">
+  <element uid="bc43ec64-fcab-4700-a67a-91890e67c617" value=""/>
+</sisl>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CB97044-422E-4BA8-BA88-4706A03BAAB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA39733B-5F53-42D6-85FD-7D4512CE18D8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDB0DFD1-C5D5-4143-AD98-AA9EC4B30530}">
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544B5DA2-FE84-4A09-BC39-322AAA90DB5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e35b1ac-3a80-4306-9f64-4ab05f961e1b"/>
     <ds:schemaRef ds:uri="e87e0d85-5fa9-468c-83bc-fe5dbf414b04"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDB0DFD1-C5D5-4143-AD98-AA9EC4B30530}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA39733B-5F53-42D6-85FD-7D4512CE18D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CB97044-422E-4BA8-BA88-4706A03BAAB5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>413</Words>
-  <Characters>699</Characters>
+  <Words>417</Words>
+  <Characters>737</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Title text</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Merck</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1110</CharactersWithSpaces>
+  <CharactersWithSpaces>1076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>WU 007</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="docIndexRef">
     <vt:lpwstr>0b469966-a645-4248-a8ad-3b7fe2488430</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="bjSaver">
     <vt:lpwstr>bXHidHIbsSDqvrNrfcp6+967kQx2ed5/</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="bjDocumentSecurityLabel">
     <vt:lpwstr>未分類-Not Classified</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x010100D4A5AF5A2C086245A6FB8DD6AA4B5BE7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AdHocReviewCycleID">
-    <vt:i4>-1482399416</vt:i4>
+    <vt:i4>-1034313138</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_EmailSubject">
-    <vt:lpwstr>訂購22C3  試劑</vt:lpwstr>
+    <vt:lpwstr>申請單</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_AuthorEmail">
-    <vt:lpwstr>yi-ling.elaine.lin@msd.com</vt:lpwstr>
+    <vt:lpwstr>yi-ling.elaine.lin@merck.com</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Lin, Elaine</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="bjDocumentLabelXML">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ReviewingToolsShownOnce">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="bjDocumentLabelXML">
     <vt:lpwstr>&lt;?xml version="1.0" encoding="us-ascii"?&gt;&lt;sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" sislVersion="0" policy="a10f9ac0-5937-4b4f-b459-96aedd9ed2c5" origin="userSelected" xmlns="http://www.boldonj</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="bjDocumentLabelXML-0">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="bjDocumentLabelXML-0">
     <vt:lpwstr>ames.com/2008/01/sie/internal/label"&gt;&lt;element uid="bc43ec64-fcab-4700-a67a-91890e67c617" value="" /&gt;&lt;/sisl&gt;</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_SetDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_SetDate">
     <vt:lpwstr>2023-11-23T07:24:14Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_Name">
     <vt:lpwstr>T. Chinese - Not Classified</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_SiteId">
     <vt:lpwstr>a00de4ec-48a8-43a6-be74-e31274e2060d</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_ActionId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_ActionId">
     <vt:lpwstr>a605a9de-8103-475b-8541-fea7f73445d7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_e8eb498b-0d81-45f2-8b59-5de0d84f8a15_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
-  </property>
-[...4 lines deleted...]
-    <vt:lpwstr/>
   </property>
 </Properties>
 </file>